--- v0 (2025-10-08)
+++ v1 (2026-02-01)
@@ -1,181 +1,538 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-[...1 lines deleted...]
-  <workbookPr/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24332"/>
+  <workbookPr defaultThemeVersion="166925"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\ЗОЯ\ПЕРЕПИСЬ\итоги переписи 2024 на сайт\на сайт\Уровень образования населения\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C833B335-4CC1-421A-9846-B97FDCC85BBF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="2"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Уровень образования" sheetId="1" r:id="rId1"/>
     <sheet name="Продолжение 1" sheetId="2" r:id="rId2"/>
     <sheet name="Продолжение 2" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
-    <definedName name="_Hlk209017825" localSheetId="2">'Продолжение 2'!$A$31</definedName>
+    <definedName name="_Hlk209017825" localSheetId="2">'Продолжение 2'!$A$32</definedName>
   </definedNames>
   <calcPr calcId="145621"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="263" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="273" uniqueCount="62">
   <si>
     <t>На 1000 человек соответствующего возраста имеют образование:</t>
   </si>
   <si>
     <t>высшее</t>
   </si>
   <si>
     <t>незаконченное высшее</t>
+  </si>
+  <si>
+    <r>
+      <t>начальное  профессиональное</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="204"/>
+      </rPr>
+      <t>1)</t>
+    </r>
   </si>
   <si>
     <t xml:space="preserve">Азербайджан </t>
   </si>
   <si>
     <t>Все население в возрасте 15 лет и старше</t>
   </si>
   <si>
     <t>из них в возрасте, лет:</t>
   </si>
   <si>
     <t>20-29</t>
   </si>
   <si>
     <t>30-39</t>
   </si>
   <si>
     <t>40-49</t>
   </si>
   <si>
     <t>…</t>
   </si>
   <si>
     <t xml:space="preserve">Армения </t>
+  </si>
+  <si>
+    <r>
+      <t>Беларусь</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="204"/>
+      </rPr>
+      <t>2)</t>
+    </r>
   </si>
   <si>
     <t xml:space="preserve">       -</t>
   </si>
   <si>
     <t>среднее профессиональное</t>
   </si>
   <si>
     <t>общее среднее</t>
   </si>
   <si>
     <t>основное общее</t>
   </si>
   <si>
     <t>начальное общее</t>
   </si>
   <si>
     <t>среднее</t>
   </si>
   <si>
     <t>профессиональное</t>
   </si>
   <si>
     <t>общее</t>
   </si>
   <si>
     <t xml:space="preserve">основное </t>
   </si>
   <si>
     <t xml:space="preserve">начальное </t>
   </si>
   <si>
     <t>Казахстан</t>
   </si>
   <si>
     <t xml:space="preserve">Кыргызстан </t>
   </si>
   <si>
+    <r>
+      <t>Молдова</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="204"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>111</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="204"/>
+      </rPr>
+      <t>3)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>105</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="204"/>
+      </rPr>
+      <t>4)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>131</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="204"/>
+      </rPr>
+      <t>3)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>81</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="204"/>
+      </rPr>
+      <t>4)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>136</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="204"/>
+      </rPr>
+      <t>3)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>151</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="204"/>
+      </rPr>
+      <t>4)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>137</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="204"/>
+      </rPr>
+      <t>3)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>156</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="204"/>
+      </rPr>
+      <t>4)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Россия</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="204"/>
+      </rPr>
+      <t>5)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="204"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <t>Number of persons with following level of education per 1000 population of corresponding age:</t>
+  </si>
+  <si>
     <t xml:space="preserve"> среднее</t>
   </si>
   <si>
     <t>начальное</t>
   </si>
   <si>
     <t xml:space="preserve"> общее</t>
   </si>
   <si>
     <t xml:space="preserve">Таджикистан </t>
   </si>
   <si>
     <t xml:space="preserve">Туркменистан </t>
   </si>
   <si>
     <t xml:space="preserve">Украина </t>
   </si>
   <si>
-    <t>Уровень образования населения</t>
-[...1 lines deleted...]
-  <si>
     <r>
-      <t>начальное  профессиональное</t>
+      <t>140</t>
     </r>
     <r>
       <rPr>
-        <b/>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="204"/>
       </rPr>
-      <t>1)</t>
+      <t>6)</t>
     </r>
+  </si>
+  <si>
+    <r>
+      <t>8</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="204"/>
+      </rPr>
+      <t>7)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>191</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="204"/>
+      </rPr>
+      <t>8)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>143</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="204"/>
+      </rPr>
+      <t>6)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>29</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="204"/>
+      </rPr>
+      <t>7)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>204</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="204"/>
+      </rPr>
+      <t>8)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>189</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="204"/>
+      </rPr>
+      <t>6)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>258</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="204"/>
+      </rPr>
+      <t>8)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>192</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="204"/>
+      </rPr>
+      <t>6)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>5</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Times New Roman"/>
+        <family val="1"/>
+        <charset val="204"/>
+      </rPr>
+      <t>7)</t>
+    </r>
+  </si>
+  <si>
+    <t>...</t>
   </si>
   <si>
     <r>
       <t>1)</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="204"/>
       </rPr>
       <t xml:space="preserve"> По Казахстану (1999), Кыргызстану (1999), Молдове, Таджикистану, Туркменистану и Украине лицам, окончившим профессионально-техническое учебное заведение и получившим наряду с профессией аттестат о среднем образовании или получившим профессию на базе среднего образования, отмечалось среднее общее образование, другим лицам - тот уровень образования, который они имели до поступления в это учебное заведение.</t>
     </r>
   </si>
   <si>
     <r>
       <t>2)</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
@@ -254,513 +611,147 @@
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="204"/>
       </rPr>
       <t xml:space="preserve"> Базовое высшее образование (окончившие колледж и прочие подобные учебные заведения или продолжающие учиться в высшем учебном заведении).</t>
     </r>
   </si>
   <si>
     <r>
       <t>8)</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="204"/>
       </rPr>
       <t xml:space="preserve"> Неполное высшее включает  в себя начальное высшее (окончившие техникум, училище или другие приравненные к ним учебные заведения) и незаконченное высшее образование.</t>
     </r>
   </si>
   <si>
-    <r>
-[...344 lines deleted...]
-    </r>
+    <t>Уровень образования населения</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <fonts count="14" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="7"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
+      <b/>
+      <vertAlign val="superscript"/>
+      <sz val="7"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="204"/>
+    </font>
+    <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="9"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <b/>
+      <vertAlign val="superscript"/>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="204"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="7"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <b/>
-      <sz val="14"/>
-[...15 lines deleted...]
-      <sz val="9"/>
+      <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
-    </font>
-[...30 lines deleted...]
-      <charset val="204"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="14">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
@@ -880,331 +871,340 @@
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="65">
+  <cellXfs count="62">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...45 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>342900</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
-        <xdr:cNvPr id="2" name="Полотно 96"/>
+        <xdr:cNvPr id="2" name="Полотно 96">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="200025"/>
           <a:ext cx="342900" cy="228600"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="342900" cy="228600"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
-          <xdr:cNvPr id="3" name="Прямоугольник 2"/>
+          <xdr:cNvPr id="3" name="Прямоугольник 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000003000000}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
           <xdr:cNvSpPr/>
         </xdr:nvSpPr>
         <xdr:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="342900" cy="228600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </xdr:spPr>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>76200</xdr:colOff>
       <xdr:row>44</xdr:row>
       <xdr:rowOff>4</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>44</xdr:row>
       <xdr:rowOff>295276</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="4" name="AutoShape 110"/>
+        <xdr:cNvPr id="4" name="AutoShape 110">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000004000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm rot="5400000" flipH="1">
           <a:off x="3228977" y="12315827"/>
           <a:ext cx="295272" cy="1762125"/>
         </a:xfrm>
         <a:prstGeom prst="rightBrace">
           <a:avLst>
             <a:gd name="adj1" fmla="val 59321"/>
             <a:gd name="adj2" fmla="val 50685"/>
           </a:avLst>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr val="000000"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
         <a:extLst>
@@ -1216,75 +1216,87 @@
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
       <xdr:txBody>
         <a:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="ru-RU"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>1</xdr:row>
+      <xdr:row>2</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>342900</xdr:colOff>
-      <xdr:row>2</xdr:row>
+      <xdr:row>3</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:to>
     <xdr:grpSp>
       <xdr:nvGrpSpPr>
-        <xdr:cNvPr id="2" name="Полотно 92"/>
+        <xdr:cNvPr id="2" name="Полотно 92">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvGrpSpPr/>
       </xdr:nvGrpSpPr>
       <xdr:grpSpPr>
         <a:xfrm>
-          <a:off x="0" y="200025"/>
+          <a:off x="0" y="390525"/>
           <a:ext cx="342900" cy="228600"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="342900" cy="228600"/>
         </a:xfrm>
       </xdr:grpSpPr>
       <xdr:sp macro="" textlink="">
         <xdr:nvSpPr>
-          <xdr:cNvPr id="3" name="Прямоугольник 2"/>
+          <xdr:cNvPr id="3" name="Прямоугольник 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000003000000}"/>
+              </a:ext>
+            </a:extLst>
+          </xdr:cNvPr>
           <xdr:cNvSpPr/>
         </xdr:nvSpPr>
         <xdr:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="342900" cy="228600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </xdr:spPr>
       </xdr:sp>
     </xdr:grpSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
@@ -1552,3004 +1564,3164 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:L63"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="J18" sqref="J18"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="J9" sqref="J9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="18.28515625" customWidth="1"/>
-    <col min="2" max="2" width="10.42578125" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8" max="8" width="11.7109375" customWidth="1"/>
+    <col min="3" max="3" width="11" customWidth="1"/>
+    <col min="4" max="4" width="12.28515625" customWidth="1"/>
+    <col min="5" max="5" width="13.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="32.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...9 lines deleted...]
-      <c r="H1" s="15"/>
+    <row r="1" spans="1:12" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="61" t="s">
+        <v>61</v>
+      </c>
+      <c r="B1" s="61"/>
+      <c r="C1" s="61"/>
+      <c r="D1" s="61"/>
+      <c r="E1" s="61"/>
+      <c r="F1" s="61"/>
+      <c r="G1" s="61"/>
+      <c r="H1" s="61"/>
     </row>
     <row r="2" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="1"/>
-      <c r="B2" s="22" t="s">
+      <c r="B2" s="36" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="23"/>
-[...4 lines deleted...]
-      <c r="H2" s="23"/>
+      <c r="C2" s="37"/>
+      <c r="D2" s="37"/>
+      <c r="E2" s="37"/>
+      <c r="F2" s="37"/>
+      <c r="G2" s="37"/>
+      <c r="H2" s="37"/>
     </row>
     <row r="3" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A3" s="24"/>
-      <c r="B3" s="16" t="s">
+      <c r="A3" s="38"/>
+      <c r="B3" s="28" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="16" t="s">
+      <c r="C3" s="28" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="16" t="s">
+      <c r="D3" s="28" t="s">
+        <v>14</v>
+      </c>
+      <c r="E3" s="28" t="s">
+        <v>3</v>
+      </c>
+      <c r="F3" s="28" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" s="28" t="s">
+        <v>16</v>
+      </c>
+      <c r="H3" s="31" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A4" s="38"/>
+      <c r="B4" s="29"/>
+      <c r="C4" s="29"/>
+      <c r="D4" s="29"/>
+      <c r="E4" s="29"/>
+      <c r="F4" s="29"/>
+      <c r="G4" s="29"/>
+      <c r="H4" s="32"/>
+      <c r="L4" s="2"/>
+    </row>
+    <row r="5" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="39"/>
+      <c r="B5" s="30"/>
+      <c r="C5" s="30"/>
+      <c r="D5" s="30"/>
+      <c r="E5" s="30"/>
+      <c r="F5" s="30"/>
+      <c r="G5" s="30"/>
+      <c r="H5" s="33"/>
+    </row>
+    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A6" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="4"/>
+      <c r="C6" s="4"/>
+      <c r="D6" s="4"/>
+      <c r="E6" s="4"/>
+      <c r="F6" s="4"/>
+      <c r="G6" s="4"/>
+      <c r="H6" s="4"/>
+    </row>
+    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A7" s="5">
+        <v>1999</v>
+      </c>
+      <c r="B7" s="34">
+        <v>107</v>
+      </c>
+      <c r="C7" s="27">
+        <v>8</v>
+      </c>
+      <c r="D7" s="27">
+        <v>127</v>
+      </c>
+      <c r="E7" s="27">
+        <v>36</v>
+      </c>
+      <c r="F7" s="27">
+        <v>524</v>
+      </c>
+      <c r="G7" s="27">
+        <v>153</v>
+      </c>
+      <c r="H7" s="27">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A8" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B8" s="34"/>
+      <c r="C8" s="27"/>
+      <c r="D8" s="27"/>
+      <c r="E8" s="27"/>
+      <c r="F8" s="27"/>
+      <c r="G8" s="27"/>
+      <c r="H8" s="27"/>
+    </row>
+    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A9" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B9" s="7"/>
+      <c r="C9" s="7"/>
+      <c r="D9" s="7"/>
+      <c r="E9" s="7"/>
+      <c r="F9" s="7"/>
+      <c r="G9" s="7"/>
+      <c r="H9" s="7"/>
+    </row>
+    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A10" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B10" s="7">
+        <v>88</v>
+      </c>
+      <c r="C10" s="7">
         <v>12</v>
       </c>
-      <c r="E3" s="16" t="s">
+      <c r="D10" s="7">
+        <v>113</v>
+      </c>
+      <c r="E10" s="7">
+        <v>34</v>
+      </c>
+      <c r="F10" s="7">
+        <v>682</v>
+      </c>
+      <c r="G10" s="7">
+        <v>63</v>
+      </c>
+      <c r="H10" s="7">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A11" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" s="7">
+        <v>130</v>
+      </c>
+      <c r="C11" s="7">
+        <v>8</v>
+      </c>
+      <c r="D11" s="7">
+        <v>161</v>
+      </c>
+      <c r="E11" s="7">
+        <v>53</v>
+      </c>
+      <c r="F11" s="7">
+        <v>580</v>
+      </c>
+      <c r="G11" s="7">
+        <v>59</v>
+      </c>
+      <c r="H11" s="7">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A12" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B12" s="7">
+        <v>179</v>
+      </c>
+      <c r="C12" s="7">
+        <v>10</v>
+      </c>
+      <c r="D12" s="7">
+        <v>188</v>
+      </c>
+      <c r="E12" s="7">
+        <v>45</v>
+      </c>
+      <c r="F12" s="7">
+        <v>485</v>
+      </c>
+      <c r="G12" s="7">
+        <v>74</v>
+      </c>
+      <c r="H12" s="7">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A13" s="5">
+        <v>2009</v>
+      </c>
+      <c r="B13" s="34">
+        <v>123</v>
+      </c>
+      <c r="C13" s="27">
+        <v>16</v>
+      </c>
+      <c r="D13" s="27">
+        <v>85</v>
+      </c>
+      <c r="E13" s="27">
+        <v>40</v>
+      </c>
+      <c r="F13" s="27">
+        <v>575</v>
+      </c>
+      <c r="G13" s="27">
+        <v>134</v>
+      </c>
+      <c r="H13" s="27">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A14" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B14" s="34"/>
+      <c r="C14" s="27"/>
+      <c r="D14" s="27"/>
+      <c r="E14" s="27"/>
+      <c r="F14" s="27"/>
+      <c r="G14" s="27"/>
+      <c r="H14" s="27"/>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A15" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B15" s="7"/>
+      <c r="C15" s="7"/>
+      <c r="D15" s="7"/>
+      <c r="E15" s="7"/>
+      <c r="F15" s="7"/>
+      <c r="G15" s="7"/>
+      <c r="H15" s="7"/>
+    </row>
+    <row r="16" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A16" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B16" s="7">
+        <v>134</v>
+      </c>
+      <c r="C16" s="7">
+        <v>50</v>
+      </c>
+      <c r="D16" s="7">
+        <v>77</v>
+      </c>
+      <c r="E16" s="7">
         <v>30</v>
       </c>
-      <c r="F3" s="16" t="s">
+      <c r="F16" s="7">
+        <v>643</v>
+      </c>
+      <c r="G16" s="7">
+        <v>57</v>
+      </c>
+      <c r="H16" s="7">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A17" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" s="7">
+        <v>141</v>
+      </c>
+      <c r="C17" s="7">
+        <v>2</v>
+      </c>
+      <c r="D17" s="7">
+        <v>93</v>
+      </c>
+      <c r="E17" s="7">
+        <v>46</v>
+      </c>
+      <c r="F17" s="7">
+        <v>653</v>
+      </c>
+      <c r="G17" s="7">
+        <v>55</v>
+      </c>
+      <c r="H17" s="7">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A18" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B18" s="7">
+        <v>140</v>
+      </c>
+      <c r="C18" s="7">
+        <v>1</v>
+      </c>
+      <c r="D18" s="7">
+        <v>112</v>
+      </c>
+      <c r="E18" s="7">
+        <v>62</v>
+      </c>
+      <c r="F18" s="7">
+        <v>619</v>
+      </c>
+      <c r="G18" s="7">
+        <v>53</v>
+      </c>
+      <c r="H18" s="7">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A19" s="5">
+        <v>2019</v>
+      </c>
+      <c r="B19" s="34">
+        <v>158</v>
+      </c>
+      <c r="C19" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="D19" s="27">
+        <v>91</v>
+      </c>
+      <c r="E19" s="27">
+        <v>54</v>
+      </c>
+      <c r="F19" s="27">
+        <v>570</v>
+      </c>
+      <c r="G19" s="27">
+        <v>99</v>
+      </c>
+      <c r="H19" s="27">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A20" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B20" s="34"/>
+      <c r="C20" s="27"/>
+      <c r="D20" s="27"/>
+      <c r="E20" s="27"/>
+      <c r="F20" s="27"/>
+      <c r="G20" s="27"/>
+      <c r="H20" s="27"/>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A21" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B21" s="7"/>
+      <c r="C21" s="7"/>
+      <c r="D21" s="7"/>
+      <c r="E21" s="7"/>
+      <c r="F21" s="7"/>
+      <c r="G21" s="7"/>
+      <c r="H21" s="7"/>
+    </row>
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A22" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B22" s="7">
+        <v>163</v>
+      </c>
+      <c r="C22" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D22" s="7">
+        <v>88</v>
+      </c>
+      <c r="E22" s="7">
+        <v>53</v>
+      </c>
+      <c r="F22" s="7">
+        <v>613</v>
+      </c>
+      <c r="G22" s="7">
+        <v>68</v>
+      </c>
+      <c r="H22" s="7">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A23" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B23" s="7">
+        <v>165</v>
+      </c>
+      <c r="C23" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D23" s="7">
+        <v>93</v>
+      </c>
+      <c r="E23" s="7">
+        <v>47</v>
+      </c>
+      <c r="F23" s="7">
+        <v>625</v>
+      </c>
+      <c r="G23" s="7">
+        <v>56</v>
+      </c>
+      <c r="H23" s="7">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A24" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B24" s="7">
+        <v>172</v>
+      </c>
+      <c r="C24" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D24" s="7">
+        <v>102</v>
+      </c>
+      <c r="E24" s="7">
+        <v>52</v>
+      </c>
+      <c r="F24" s="7">
+        <v>598</v>
+      </c>
+      <c r="G24" s="7">
+        <v>60</v>
+      </c>
+      <c r="H24" s="7">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A25" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="B25" s="34"/>
+      <c r="C25" s="27"/>
+      <c r="D25" s="27"/>
+      <c r="E25" s="27"/>
+      <c r="F25" s="27"/>
+      <c r="G25" s="27"/>
+      <c r="H25" s="27"/>
+    </row>
+    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A26" s="5">
+        <v>2001</v>
+      </c>
+      <c r="B26" s="34"/>
+      <c r="C26" s="27"/>
+      <c r="D26" s="27"/>
+      <c r="E26" s="27"/>
+      <c r="F26" s="27"/>
+      <c r="G26" s="27"/>
+      <c r="H26" s="27"/>
+    </row>
+    <row r="27" spans="1:8" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A27" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B27" s="7">
+        <v>170</v>
+      </c>
+      <c r="C27" s="7">
+        <v>22</v>
+      </c>
+      <c r="D27" s="7">
+        <v>176</v>
+      </c>
+      <c r="E27" s="7">
+        <v>38</v>
+      </c>
+      <c r="F27" s="7">
+        <v>382</v>
+      </c>
+      <c r="G27" s="7">
+        <v>133</v>
+      </c>
+      <c r="H27" s="7">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A28" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B28" s="7"/>
+      <c r="C28" s="7"/>
+      <c r="D28" s="7"/>
+      <c r="E28" s="7"/>
+      <c r="F28" s="7"/>
+      <c r="G28" s="7"/>
+      <c r="H28" s="7"/>
+    </row>
+    <row r="29" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A29" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B29" s="7">
+        <v>207</v>
+      </c>
+      <c r="C29" s="7">
+        <v>38</v>
+      </c>
+      <c r="D29" s="7">
+        <v>177</v>
+      </c>
+      <c r="E29" s="7">
+        <v>40</v>
+      </c>
+      <c r="F29" s="7">
+        <v>424</v>
+      </c>
+      <c r="G29" s="7">
+        <v>92</v>
+      </c>
+      <c r="H29" s="7">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A30" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B30" s="7">
+        <v>214</v>
+      </c>
+      <c r="C30" s="7">
         <v>13</v>
       </c>
-      <c r="G3" s="16" t="s">
+      <c r="D30" s="7">
+        <v>240</v>
+      </c>
+      <c r="E30" s="7">
+        <v>58</v>
+      </c>
+      <c r="F30" s="7">
+        <v>394</v>
+      </c>
+      <c r="G30" s="7">
+        <v>64</v>
+      </c>
+      <c r="H30" s="7">
         <v>14</v>
       </c>
-      <c r="H3" s="19" t="s">
-[...25 lines deleted...]
-      <c r="A6" s="60" t="s">
+    </row>
+    <row r="31" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A31" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B31" s="7">
+        <v>222</v>
+      </c>
+      <c r="C31" s="7">
+        <v>11</v>
+      </c>
+      <c r="D31" s="7">
+        <v>249</v>
+      </c>
+      <c r="E31" s="7">
+        <v>48</v>
+      </c>
+      <c r="F31" s="7">
+        <v>377</v>
+      </c>
+      <c r="G31" s="7">
+        <v>72</v>
+      </c>
+      <c r="H31" s="7">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A32" s="5">
+        <v>2011</v>
+      </c>
+      <c r="B32" s="34">
+        <v>225</v>
+      </c>
+      <c r="C32" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="D32" s="27">
+        <v>171</v>
+      </c>
+      <c r="E32" s="27">
+        <v>32</v>
+      </c>
+      <c r="F32" s="27">
+        <v>447</v>
+      </c>
+      <c r="G32" s="27">
+        <v>94</v>
+      </c>
+      <c r="H32" s="27">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A33" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B33" s="34"/>
+      <c r="C33" s="27"/>
+      <c r="D33" s="27"/>
+      <c r="E33" s="27"/>
+      <c r="F33" s="27"/>
+      <c r="G33" s="27"/>
+      <c r="H33" s="27"/>
+    </row>
+    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A34" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B34" s="7"/>
+      <c r="C34" s="7"/>
+      <c r="D34" s="7"/>
+      <c r="E34" s="7"/>
+      <c r="F34" s="7"/>
+      <c r="G34" s="7"/>
+      <c r="H34" s="7"/>
+    </row>
+    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A35" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B35" s="7">
+        <v>280</v>
+      </c>
+      <c r="C35" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D35" s="7">
+        <v>139</v>
+      </c>
+      <c r="E35" s="7">
+        <v>29</v>
+      </c>
+      <c r="F35" s="7">
+        <v>485</v>
+      </c>
+      <c r="G35" s="7">
+        <v>52</v>
+      </c>
+      <c r="H35" s="7">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A36" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B36" s="7">
+        <v>268</v>
+      </c>
+      <c r="C36" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D36" s="7">
+        <v>175</v>
+      </c>
+      <c r="E36" s="7">
+        <v>29</v>
+      </c>
+      <c r="F36" s="7">
+        <v>458</v>
+      </c>
+      <c r="G36" s="7">
+        <v>54</v>
+      </c>
+      <c r="H36" s="7">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A37" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B37" s="7">
+        <v>231</v>
+      </c>
+      <c r="C37" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D37" s="7">
+        <v>229</v>
+      </c>
+      <c r="E37" s="7">
+        <v>43</v>
+      </c>
+      <c r="F37" s="7">
+        <v>443</v>
+      </c>
+      <c r="G37" s="7">
+        <v>42</v>
+      </c>
+      <c r="H37" s="7">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A38" s="5">
+        <v>2022</v>
+      </c>
+      <c r="B38" s="34">
+        <v>254</v>
+      </c>
+      <c r="C38" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="D38" s="27">
+        <v>190</v>
+      </c>
+      <c r="E38" s="27">
+        <v>20</v>
+      </c>
+      <c r="F38" s="27">
+        <v>450</v>
+      </c>
+      <c r="G38" s="27">
+        <v>68</v>
+      </c>
+      <c r="H38" s="27">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A39" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B39" s="34"/>
+      <c r="C39" s="27"/>
+      <c r="D39" s="27"/>
+      <c r="E39" s="27"/>
+      <c r="F39" s="27"/>
+      <c r="G39" s="27"/>
+      <c r="H39" s="27"/>
+    </row>
+    <row r="40" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A40" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B40" s="7"/>
+      <c r="C40" s="7"/>
+      <c r="D40" s="7"/>
+      <c r="E40" s="7"/>
+      <c r="F40" s="7"/>
+      <c r="G40" s="7"/>
+      <c r="H40" s="7"/>
+    </row>
+    <row r="41" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A41" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B41" s="7">
+        <v>346</v>
+      </c>
+      <c r="C41" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D41" s="7">
+        <v>160</v>
+      </c>
+      <c r="E41" s="7">
+        <v>19</v>
+      </c>
+      <c r="F41" s="7">
+        <v>439</v>
+      </c>
+      <c r="G41" s="7">
+        <v>29</v>
+      </c>
+      <c r="H41" s="7">
         <v>3</v>
       </c>
-      <c r="B6" s="3"/>
-[...8 lines deleted...]
-      <c r="A7" s="40">
+    </row>
+    <row r="42" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A42" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B42" s="7">
+        <v>345</v>
+      </c>
+      <c r="C42" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D42" s="7">
+        <v>163</v>
+      </c>
+      <c r="E42" s="7">
+        <v>16</v>
+      </c>
+      <c r="F42" s="7">
+        <v>438</v>
+      </c>
+      <c r="G42" s="7">
+        <v>31</v>
+      </c>
+      <c r="H42" s="7">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A43" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B43" s="7">
+        <v>270</v>
+      </c>
+      <c r="C43" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D43" s="7">
+        <v>193</v>
+      </c>
+      <c r="E43" s="7">
+        <v>19</v>
+      </c>
+      <c r="F43" s="7">
+        <v>475</v>
+      </c>
+      <c r="G43" s="7">
+        <v>35</v>
+      </c>
+      <c r="H43" s="7">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A44" s="8"/>
+      <c r="B44" s="7"/>
+      <c r="C44" s="7"/>
+      <c r="D44" s="7"/>
+      <c r="E44" s="7"/>
+      <c r="F44" s="7"/>
+      <c r="G44" s="7"/>
+      <c r="H44" s="7"/>
+    </row>
+    <row r="45" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A45" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="B45" s="7"/>
+      <c r="C45" s="7"/>
+      <c r="D45" s="7"/>
+      <c r="E45" s="7"/>
+      <c r="F45" s="7"/>
+      <c r="G45" s="7"/>
+      <c r="H45" s="7"/>
+    </row>
+    <row r="46" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A46" s="5">
         <v>1999</v>
       </c>
-      <c r="B7" s="61">
-[...2 lines deleted...]
-      <c r="C7" s="49">
+      <c r="B46" s="34">
+        <v>140</v>
+      </c>
+      <c r="C46" s="35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" s="27">
+        <v>223</v>
+      </c>
+      <c r="E46" s="27">
+        <v>92</v>
+      </c>
+      <c r="F46" s="27">
+        <v>262</v>
+      </c>
+      <c r="G46" s="27">
+        <v>135</v>
+      </c>
+      <c r="H46" s="27">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A47" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B47" s="34"/>
+      <c r="C47" s="35"/>
+      <c r="D47" s="27"/>
+      <c r="E47" s="27"/>
+      <c r="F47" s="27"/>
+      <c r="G47" s="27"/>
+      <c r="H47" s="27"/>
+    </row>
+    <row r="48" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A48" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B48" s="7"/>
+      <c r="C48" s="7"/>
+      <c r="D48" s="7"/>
+      <c r="E48" s="7"/>
+      <c r="F48" s="7"/>
+      <c r="G48" s="7"/>
+      <c r="H48" s="7"/>
+    </row>
+    <row r="49" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A49" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B49" s="7">
+        <v>136</v>
+      </c>
+      <c r="C49" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D49" s="7">
+        <v>312</v>
+      </c>
+      <c r="E49" s="7">
+        <v>165</v>
+      </c>
+      <c r="F49" s="7">
+        <v>322</v>
+      </c>
+      <c r="G49" s="7">
+        <v>56</v>
+      </c>
+      <c r="H49" s="7">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A50" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="D7" s="49">
+      <c r="B50" s="7">
+        <v>202</v>
+      </c>
+      <c r="C50" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D50" s="7">
+        <v>317</v>
+      </c>
+      <c r="E50" s="7">
+        <v>139</v>
+      </c>
+      <c r="F50" s="7">
+        <v>310</v>
+      </c>
+      <c r="G50" s="7">
+        <v>25</v>
+      </c>
+      <c r="H50" s="7">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A51" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B51" s="7">
+        <v>204</v>
+      </c>
+      <c r="C51" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" s="7">
+        <v>288</v>
+      </c>
+      <c r="E51" s="7">
+        <v>104</v>
+      </c>
+      <c r="F51" s="7">
+        <v>334</v>
+      </c>
+      <c r="G51" s="7">
+        <v>58</v>
+      </c>
+      <c r="H51" s="7">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A52" s="5">
+        <v>2009</v>
+      </c>
+      <c r="B52" s="34">
+        <v>194</v>
+      </c>
+      <c r="C52" s="35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" s="27">
+        <v>278</v>
+      </c>
+      <c r="E52" s="27">
+        <v>114</v>
+      </c>
+      <c r="F52" s="27">
+        <v>243</v>
+      </c>
+      <c r="G52" s="27">
+        <v>100</v>
+      </c>
+      <c r="H52" s="27">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A53" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B53" s="34"/>
+      <c r="C53" s="35"/>
+      <c r="D53" s="27"/>
+      <c r="E53" s="27"/>
+      <c r="F53" s="27"/>
+      <c r="G53" s="27"/>
+      <c r="H53" s="27"/>
+    </row>
+    <row r="54" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A54" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B54" s="7"/>
+      <c r="C54" s="7"/>
+      <c r="D54" s="7"/>
+      <c r="E54" s="7"/>
+      <c r="F54" s="7"/>
+      <c r="G54" s="7"/>
+      <c r="H54" s="7"/>
+    </row>
+    <row r="55" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A55" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B55" s="7">
+        <v>215</v>
+      </c>
+      <c r="C55" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D55" s="7">
+        <v>310</v>
+      </c>
+      <c r="E55" s="7">
+        <v>134</v>
+      </c>
+      <c r="F55" s="7">
+        <v>265</v>
+      </c>
+      <c r="G55" s="7">
+        <v>40</v>
+      </c>
+      <c r="H55" s="7">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A56" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B56" s="7">
+        <v>261</v>
+      </c>
+      <c r="C56" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D56" s="7">
+        <v>332</v>
+      </c>
+      <c r="E56" s="7">
+        <v>137</v>
+      </c>
+      <c r="F56" s="7">
+        <v>196</v>
+      </c>
+      <c r="G56" s="7">
+        <v>36</v>
+      </c>
+      <c r="H56" s="7">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A57" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B57" s="7">
+        <v>214</v>
+      </c>
+      <c r="C57" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D57" s="7">
+        <v>354</v>
+      </c>
+      <c r="E57" s="7">
+        <v>147</v>
+      </c>
+      <c r="F57" s="7">
+        <v>229</v>
+      </c>
+      <c r="G57" s="7">
+        <v>22</v>
+      </c>
+      <c r="H57" s="7">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A58" s="5">
+        <v>2019</v>
+      </c>
+      <c r="B58" s="34">
+        <v>266</v>
+      </c>
+      <c r="C58" s="35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D58" s="27">
+        <v>307</v>
+      </c>
+      <c r="E58" s="27">
         <v>126</v>
       </c>
-      <c r="E7" s="49">
-[...25 lines deleted...]
-      <c r="A9" s="41" t="s">
+      <c r="F58" s="27">
+        <v>227</v>
+      </c>
+      <c r="G58" s="27">
+        <v>56</v>
+      </c>
+      <c r="H58" s="27">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A59" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="B9" s="48"/>
-[...8 lines deleted...]
-      <c r="A10" s="42" t="s">
+      <c r="B59" s="34"/>
+      <c r="C59" s="35"/>
+      <c r="D59" s="27"/>
+      <c r="E59" s="27"/>
+      <c r="F59" s="27"/>
+      <c r="G59" s="27"/>
+      <c r="H59" s="27"/>
+    </row>
+    <row r="60" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A60" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="B10" s="48">
-[...22 lines deleted...]
-      <c r="A11" s="42" t="s">
+      <c r="B60" s="7"/>
+      <c r="C60" s="7"/>
+      <c r="D60" s="7"/>
+      <c r="E60" s="7"/>
+      <c r="F60" s="7"/>
+      <c r="G60" s="7"/>
+      <c r="H60" s="7"/>
+    </row>
+    <row r="61" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A61" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="B11" s="48">
+      <c r="B61" s="7">
+        <v>373</v>
+      </c>
+      <c r="C61" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D61" s="7">
+        <v>277</v>
+      </c>
+      <c r="E61" s="7">
+        <v>133</v>
+      </c>
+      <c r="F61" s="7">
+        <v>198</v>
+      </c>
+      <c r="G61" s="7">
+        <v>13</v>
+      </c>
+      <c r="H61" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A62" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B62" s="7">
+        <v>358</v>
+      </c>
+      <c r="C62" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D62" s="7">
+        <v>312</v>
+      </c>
+      <c r="E62" s="7">
         <v>130</v>
       </c>
-      <c r="C11" s="48">
-[...127 lines deleted...]
-      <c r="C17" s="48">
+      <c r="F62" s="7">
+        <v>176</v>
+      </c>
+      <c r="G62" s="7">
+        <v>18</v>
+      </c>
+      <c r="H62" s="7">
         <v>2</v>
       </c>
-      <c r="D17" s="48">
-[...48 lines deleted...]
-      <c r="C19" s="49" t="s">
+    </row>
+    <row r="63" spans="1:8" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="11" t="s">
         <v>9</v>
       </c>
-      <c r="D19" s="49">
-[...212 lines deleted...]
-      <c r="C30" s="48">
+      <c r="B63" s="12">
+        <v>268</v>
+      </c>
+      <c r="C63" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="D30" s="48">
-[...153 lines deleted...]
-      <c r="D37" s="48">
+      <c r="D63" s="12">
+        <v>338</v>
+      </c>
+      <c r="E63" s="12">
+        <v>138</v>
+      </c>
+      <c r="F63" s="12">
         <v>229</v>
       </c>
-      <c r="E37" s="48">
-[...75 lines deleted...]
-      <c r="E41" s="48">
+      <c r="G63" s="12">
         <v>19</v>
       </c>
-      <c r="F41" s="48">
-[...463 lines deleted...]
-      <c r="H63" s="58">
+      <c r="H63" s="12">
         <v>2</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="73">
+    <mergeCell ref="A1:H1"/>
     <mergeCell ref="B2:H2"/>
     <mergeCell ref="A3:A5"/>
     <mergeCell ref="B3:B5"/>
     <mergeCell ref="C3:C5"/>
     <mergeCell ref="E3:E5"/>
     <mergeCell ref="G7:G8"/>
     <mergeCell ref="H7:H8"/>
     <mergeCell ref="B13:B14"/>
     <mergeCell ref="C13:C14"/>
     <mergeCell ref="D13:D14"/>
     <mergeCell ref="E13:E14"/>
     <mergeCell ref="F13:F14"/>
     <mergeCell ref="G13:G14"/>
     <mergeCell ref="H13:H14"/>
     <mergeCell ref="B7:B8"/>
     <mergeCell ref="C7:C8"/>
     <mergeCell ref="D7:D8"/>
     <mergeCell ref="E7:E8"/>
     <mergeCell ref="F7:F8"/>
     <mergeCell ref="H25:H26"/>
     <mergeCell ref="B19:B20"/>
     <mergeCell ref="C19:C20"/>
     <mergeCell ref="D19:D20"/>
     <mergeCell ref="E19:E20"/>
     <mergeCell ref="F19:F20"/>
     <mergeCell ref="G19:G20"/>
     <mergeCell ref="B25:B26"/>
     <mergeCell ref="C25:C26"/>
     <mergeCell ref="D25:D26"/>
     <mergeCell ref="E25:E26"/>
     <mergeCell ref="F25:F26"/>
-    <mergeCell ref="G25:G26"/>
     <mergeCell ref="B32:B33"/>
     <mergeCell ref="C32:C33"/>
     <mergeCell ref="D32:D33"/>
     <mergeCell ref="E32:E33"/>
     <mergeCell ref="F32:F33"/>
     <mergeCell ref="B38:B39"/>
     <mergeCell ref="C38:C39"/>
     <mergeCell ref="D38:D39"/>
     <mergeCell ref="E38:E39"/>
     <mergeCell ref="F38:F39"/>
+    <mergeCell ref="B46:B47"/>
+    <mergeCell ref="C46:C47"/>
+    <mergeCell ref="D46:D47"/>
+    <mergeCell ref="E46:E47"/>
+    <mergeCell ref="F46:F47"/>
+    <mergeCell ref="B52:B53"/>
+    <mergeCell ref="C52:C53"/>
+    <mergeCell ref="D52:D53"/>
+    <mergeCell ref="E52:E53"/>
+    <mergeCell ref="F52:F53"/>
     <mergeCell ref="B58:B59"/>
     <mergeCell ref="C58:C59"/>
     <mergeCell ref="D58:D59"/>
     <mergeCell ref="E58:E59"/>
     <mergeCell ref="F58:F59"/>
-    <mergeCell ref="B52:B53"/>
-[...9 lines deleted...]
-    <mergeCell ref="A1:H1"/>
     <mergeCell ref="H58:H59"/>
     <mergeCell ref="D3:D5"/>
     <mergeCell ref="F3:F5"/>
     <mergeCell ref="G3:G5"/>
     <mergeCell ref="H3:H5"/>
     <mergeCell ref="G58:G59"/>
     <mergeCell ref="H46:H47"/>
     <mergeCell ref="G52:G53"/>
     <mergeCell ref="H52:H53"/>
     <mergeCell ref="G46:G47"/>
     <mergeCell ref="H32:H33"/>
     <mergeCell ref="G38:G39"/>
     <mergeCell ref="H38:H39"/>
     <mergeCell ref="G32:G33"/>
     <mergeCell ref="H19:H20"/>
+    <mergeCell ref="G25:G26"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:L62"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+  <dimension ref="A1:L68"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="P19" sqref="P19"/>
+    <sheetView topLeftCell="A35" workbookViewId="0">
+      <selection activeCell="P58" sqref="P58"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="18.140625" customWidth="1"/>
     <col min="3" max="3" width="9.42578125" customWidth="1"/>
     <col min="9" max="9" width="11.42578125" customWidth="1"/>
     <col min="12" max="12" width="12.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="4"/>
-      <c r="B1" s="22" t="s">
+      <c r="A1" s="17"/>
+      <c r="B1" s="36" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="23"/>
-[...8 lines deleted...]
-      <c r="L1" s="23"/>
+      <c r="C1" s="37"/>
+      <c r="D1" s="37"/>
+      <c r="E1" s="37"/>
+      <c r="F1" s="37"/>
+      <c r="G1" s="37"/>
+      <c r="H1" s="37"/>
+      <c r="I1" s="37"/>
+      <c r="J1" s="37"/>
+      <c r="K1" s="37"/>
+      <c r="L1" s="37"/>
     </row>
     <row r="2" spans="1:12" x14ac:dyDescent="0.25">
-      <c r="A2" s="26"/>
-      <c r="B2" s="16" t="s">
+      <c r="A2" s="40"/>
+      <c r="B2" s="28" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="16" t="s">
+      <c r="C2" s="28" t="s">
         <v>2</v>
       </c>
-      <c r="D2" s="19" t="s">
+      <c r="D2" s="31" t="s">
+        <v>18</v>
+      </c>
+      <c r="E2" s="42"/>
+      <c r="F2" s="31" t="s">
+        <v>3</v>
+      </c>
+      <c r="G2" s="46"/>
+      <c r="H2" s="42"/>
+      <c r="I2" s="17" t="s">
+        <v>20</v>
+      </c>
+      <c r="J2" s="31" t="s">
+        <v>21</v>
+      </c>
+      <c r="K2" s="42"/>
+      <c r="L2" s="19" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="3" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A3" s="40"/>
+      <c r="B3" s="29"/>
+      <c r="C3" s="29"/>
+      <c r="D3" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" s="43"/>
+      <c r="F3" s="32"/>
+      <c r="G3" s="47"/>
+      <c r="H3" s="43"/>
+      <c r="I3" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="J3" s="32" t="s">
+        <v>20</v>
+      </c>
+      <c r="K3" s="43"/>
+      <c r="L3" s="18" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="41"/>
+      <c r="B4" s="30"/>
+      <c r="C4" s="30"/>
+      <c r="D4" s="44"/>
+      <c r="E4" s="45"/>
+      <c r="F4" s="33"/>
+      <c r="G4" s="48"/>
+      <c r="H4" s="49"/>
+      <c r="I4" s="20"/>
+      <c r="J4" s="50"/>
+      <c r="K4" s="51"/>
+      <c r="L4" s="21"/>
+    </row>
+    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A5" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="B5" s="4"/>
+      <c r="C5" s="4"/>
+      <c r="D5" s="52"/>
+      <c r="E5" s="52"/>
+      <c r="F5" s="52"/>
+      <c r="G5" s="52"/>
+      <c r="H5" s="52"/>
+      <c r="I5" s="4"/>
+      <c r="J5" s="52"/>
+      <c r="K5" s="52"/>
+      <c r="L5" s="4"/>
+    </row>
+    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A6" s="5">
+        <v>1999</v>
+      </c>
+      <c r="B6" s="34">
+        <v>126</v>
+      </c>
+      <c r="C6" s="27">
+        <v>17</v>
+      </c>
+      <c r="D6" s="27">
+        <v>224</v>
+      </c>
+      <c r="E6" s="27"/>
+      <c r="F6" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="G6" s="27"/>
+      <c r="H6" s="27"/>
+      <c r="I6" s="27">
+        <v>366</v>
+      </c>
+      <c r="J6" s="27">
+        <v>180</v>
+      </c>
+      <c r="K6" s="27"/>
+      <c r="L6" s="27">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A7" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B7" s="34"/>
+      <c r="C7" s="27"/>
+      <c r="D7" s="27"/>
+      <c r="E7" s="27"/>
+      <c r="F7" s="27"/>
+      <c r="G7" s="27"/>
+      <c r="H7" s="27"/>
+      <c r="I7" s="27"/>
+      <c r="J7" s="27"/>
+      <c r="K7" s="27"/>
+      <c r="L7" s="27"/>
+    </row>
+    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A8" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B8" s="14"/>
+      <c r="C8" s="14"/>
+      <c r="D8" s="27"/>
+      <c r="E8" s="27"/>
+      <c r="F8" s="27"/>
+      <c r="G8" s="27"/>
+      <c r="H8" s="27"/>
+      <c r="I8" s="14"/>
+      <c r="J8" s="27"/>
+      <c r="K8" s="27"/>
+      <c r="L8" s="14"/>
+    </row>
+    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A9" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="14">
+        <v>106</v>
+      </c>
+      <c r="C9" s="14">
+        <v>48</v>
+      </c>
+      <c r="D9" s="27">
+        <v>252</v>
+      </c>
+      <c r="E9" s="27"/>
+      <c r="F9" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="G9" s="27"/>
+      <c r="H9" s="27"/>
+      <c r="I9" s="14">
+        <v>474</v>
+      </c>
+      <c r="J9" s="27">
+        <v>110</v>
+      </c>
+      <c r="K9" s="27"/>
+      <c r="L9" s="14">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A10" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" s="14">
+        <v>174</v>
+      </c>
+      <c r="C10" s="14">
+        <v>12</v>
+      </c>
+      <c r="D10" s="27">
+        <v>317</v>
+      </c>
+      <c r="E10" s="27"/>
+      <c r="F10" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="G10" s="27"/>
+      <c r="H10" s="27"/>
+      <c r="I10" s="14">
+        <v>404</v>
+      </c>
+      <c r="J10" s="27">
+        <v>84</v>
+      </c>
+      <c r="K10" s="27"/>
+      <c r="L10" s="14">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A11" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B11" s="14">
+        <v>191</v>
+      </c>
+      <c r="C11" s="14">
+        <v>8</v>
+      </c>
+      <c r="D11" s="27">
+        <v>300</v>
+      </c>
+      <c r="E11" s="27"/>
+      <c r="F11" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="G11" s="27"/>
+      <c r="H11" s="27"/>
+      <c r="I11" s="14">
+        <v>377</v>
+      </c>
+      <c r="J11" s="27">
+        <v>106</v>
+      </c>
+      <c r="K11" s="27"/>
+      <c r="L11" s="14">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A12" s="5">
+        <v>2009</v>
+      </c>
+      <c r="B12" s="34">
+        <v>198</v>
+      </c>
+      <c r="C12" s="27">
+        <v>31</v>
+      </c>
+      <c r="D12" s="27">
+        <v>250</v>
+      </c>
+      <c r="E12" s="27"/>
+      <c r="F12" s="27">
+        <v>26</v>
+      </c>
+      <c r="G12" s="27"/>
+      <c r="H12" s="27"/>
+      <c r="I12" s="27">
+        <v>309</v>
+      </c>
+      <c r="J12" s="27">
+        <v>133</v>
+      </c>
+      <c r="K12" s="27"/>
+      <c r="L12" s="27">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A13" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B13" s="34"/>
+      <c r="C13" s="27"/>
+      <c r="D13" s="27"/>
+      <c r="E13" s="27"/>
+      <c r="F13" s="27"/>
+      <c r="G13" s="27"/>
+      <c r="H13" s="27"/>
+      <c r="I13" s="27"/>
+      <c r="J13" s="27"/>
+      <c r="K13" s="27"/>
+      <c r="L13" s="27"/>
+    </row>
+    <row r="14" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A14" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B14" s="14"/>
+      <c r="C14" s="14"/>
+      <c r="D14" s="27"/>
+      <c r="E14" s="27"/>
+      <c r="F14" s="27"/>
+      <c r="G14" s="27"/>
+      <c r="H14" s="27"/>
+      <c r="I14" s="14"/>
+      <c r="J14" s="27"/>
+      <c r="K14" s="27"/>
+      <c r="L14" s="14"/>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A15" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B15" s="14">
+        <v>269</v>
+      </c>
+      <c r="C15" s="14">
+        <v>71</v>
+      </c>
+      <c r="D15" s="27">
+        <v>230</v>
+      </c>
+      <c r="E15" s="27"/>
+      <c r="F15" s="27">
+        <v>21</v>
+      </c>
+      <c r="G15" s="27"/>
+      <c r="H15" s="27"/>
+      <c r="I15" s="14">
+        <v>325</v>
+      </c>
+      <c r="J15" s="27">
+        <v>73</v>
+      </c>
+      <c r="K15" s="27"/>
+      <c r="L15" s="14">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A16" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" s="14">
+        <v>248</v>
+      </c>
+      <c r="C16" s="14">
+        <v>13</v>
+      </c>
+      <c r="D16" s="27">
+        <v>284</v>
+      </c>
+      <c r="E16" s="27"/>
+      <c r="F16" s="27">
+        <v>25</v>
+      </c>
+      <c r="G16" s="27"/>
+      <c r="H16" s="27"/>
+      <c r="I16" s="14">
+        <v>337</v>
+      </c>
+      <c r="J16" s="27">
+        <v>82</v>
+      </c>
+      <c r="K16" s="27"/>
+      <c r="L16" s="14">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A17" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B17" s="14">
+        <v>221</v>
+      </c>
+      <c r="C17" s="14">
+        <v>9</v>
+      </c>
+      <c r="D17" s="27">
+        <v>343</v>
+      </c>
+      <c r="E17" s="27"/>
+      <c r="F17" s="27">
+        <v>29</v>
+      </c>
+      <c r="G17" s="27"/>
+      <c r="H17" s="27"/>
+      <c r="I17" s="14">
+        <v>313</v>
+      </c>
+      <c r="J17" s="27">
+        <v>77</v>
+      </c>
+      <c r="K17" s="27"/>
+      <c r="L17" s="14">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A18" s="5">
+        <v>2021</v>
+      </c>
+      <c r="B18" s="34">
+        <v>276</v>
+      </c>
+      <c r="C18" s="27">
         <v>16</v>
       </c>
-      <c r="E2" s="28"/>
-      <c r="F2" s="19" t="s">
+      <c r="D18" s="27">
+        <v>279</v>
+      </c>
+      <c r="E18" s="27"/>
+      <c r="F18" s="27">
+        <v>28</v>
+      </c>
+      <c r="G18" s="27"/>
+      <c r="H18" s="27"/>
+      <c r="I18" s="27">
+        <v>266</v>
+      </c>
+      <c r="J18" s="27">
+        <v>98</v>
+      </c>
+      <c r="K18" s="27"/>
+      <c r="L18" s="27">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A19" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B19" s="34"/>
+      <c r="C19" s="27"/>
+      <c r="D19" s="27"/>
+      <c r="E19" s="27"/>
+      <c r="F19" s="27"/>
+      <c r="G19" s="27"/>
+      <c r="H19" s="27"/>
+      <c r="I19" s="27"/>
+      <c r="J19" s="27"/>
+      <c r="K19" s="27"/>
+      <c r="L19" s="27"/>
+    </row>
+    <row r="20" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A20" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B20" s="14"/>
+      <c r="C20" s="14"/>
+      <c r="D20" s="27"/>
+      <c r="E20" s="27"/>
+      <c r="F20" s="27"/>
+      <c r="G20" s="27"/>
+      <c r="H20" s="27"/>
+      <c r="I20" s="14"/>
+      <c r="J20" s="27"/>
+      <c r="K20" s="27"/>
+      <c r="L20" s="14"/>
+    </row>
+    <row r="21" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A21" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B21" s="14">
+        <v>327</v>
+      </c>
+      <c r="C21" s="14">
+        <v>39</v>
+      </c>
+      <c r="D21" s="27">
+        <v>280</v>
+      </c>
+      <c r="E21" s="27"/>
+      <c r="F21" s="27">
+        <v>5</v>
+      </c>
+      <c r="G21" s="27"/>
+      <c r="H21" s="27"/>
+      <c r="I21" s="14">
+        <v>292</v>
+      </c>
+      <c r="J21" s="27">
+        <v>51</v>
+      </c>
+      <c r="K21" s="27"/>
+      <c r="L21" s="14">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A22" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B22" s="14">
+        <v>322</v>
+      </c>
+      <c r="C22" s="14">
+        <v>17</v>
+      </c>
+      <c r="D22" s="27">
+        <v>308</v>
+      </c>
+      <c r="E22" s="27"/>
+      <c r="F22" s="27">
+        <v>33</v>
+      </c>
+      <c r="G22" s="27"/>
+      <c r="H22" s="27"/>
+      <c r="I22" s="14">
+        <v>265</v>
+      </c>
+      <c r="J22" s="27">
+        <v>51</v>
+      </c>
+      <c r="K22" s="27"/>
+      <c r="L22" s="14">
+        <v>0.4</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A23" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B23" s="14">
+        <v>356</v>
+      </c>
+      <c r="C23" s="14">
+        <v>15</v>
+      </c>
+      <c r="D23" s="27">
+        <v>299</v>
+      </c>
+      <c r="E23" s="27"/>
+      <c r="F23" s="27">
+        <v>41</v>
+      </c>
+      <c r="G23" s="27"/>
+      <c r="H23" s="27"/>
+      <c r="I23" s="14">
+        <v>255</v>
+      </c>
+      <c r="J23" s="27">
+        <v>29</v>
+      </c>
+      <c r="K23" s="27"/>
+      <c r="L23" s="14">
+        <v>0.4</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A24" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="B24" s="14"/>
+      <c r="C24" s="14"/>
+      <c r="D24" s="27"/>
+      <c r="E24" s="27"/>
+      <c r="F24" s="27"/>
+      <c r="G24" s="27"/>
+      <c r="H24" s="27"/>
+      <c r="I24" s="14"/>
+      <c r="J24" s="27"/>
+      <c r="K24" s="27"/>
+      <c r="L24" s="14"/>
+    </row>
+    <row r="25" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A25" s="5">
+        <v>1999</v>
+      </c>
+      <c r="B25" s="14"/>
+      <c r="C25" s="14"/>
+      <c r="D25" s="27"/>
+      <c r="E25" s="27"/>
+      <c r="F25" s="27"/>
+      <c r="G25" s="27"/>
+      <c r="H25" s="27"/>
+      <c r="I25" s="14"/>
+      <c r="J25" s="27"/>
+      <c r="K25" s="27"/>
+      <c r="L25" s="14"/>
+    </row>
+    <row r="26" spans="1:12" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A26" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B26" s="14">
+        <v>105</v>
+      </c>
+      <c r="C26" s="14">
+        <v>15</v>
+      </c>
+      <c r="D26" s="27">
+        <v>108</v>
+      </c>
+      <c r="E26" s="27"/>
+      <c r="F26" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="G26" s="27"/>
+      <c r="H26" s="27"/>
+      <c r="I26" s="14">
+        <v>500</v>
+      </c>
+      <c r="J26" s="27">
+        <v>183</v>
+      </c>
+      <c r="K26" s="27"/>
+      <c r="L26" s="14">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A27" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B27" s="14"/>
+      <c r="C27" s="14"/>
+      <c r="D27" s="27"/>
+      <c r="E27" s="27"/>
+      <c r="F27" s="27"/>
+      <c r="G27" s="27"/>
+      <c r="H27" s="27"/>
+      <c r="I27" s="14"/>
+      <c r="J27" s="27"/>
+      <c r="K27" s="27"/>
+      <c r="L27" s="14"/>
+    </row>
+    <row r="28" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A28" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B28" s="14">
+        <v>75</v>
+      </c>
+      <c r="C28" s="14">
+        <v>39</v>
+      </c>
+      <c r="D28" s="27">
+        <v>107</v>
+      </c>
+      <c r="E28" s="27"/>
+      <c r="F28" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="G28" s="27"/>
+      <c r="H28" s="27"/>
+      <c r="I28" s="14">
+        <v>655</v>
+      </c>
+      <c r="J28" s="27">
+        <v>111</v>
+      </c>
+      <c r="K28" s="27"/>
+      <c r="L28" s="14">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A29" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B29" s="14">
+        <v>149</v>
+      </c>
+      <c r="C29" s="14">
+        <v>9</v>
+      </c>
+      <c r="D29" s="27">
+        <v>153</v>
+      </c>
+      <c r="E29" s="27"/>
+      <c r="F29" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="G29" s="27"/>
+      <c r="H29" s="27"/>
+      <c r="I29" s="14">
+        <v>587</v>
+      </c>
+      <c r="J29" s="27">
+        <v>91</v>
+      </c>
+      <c r="K29" s="27"/>
+      <c r="L29" s="14">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A30" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B30" s="14">
+        <v>182</v>
+      </c>
+      <c r="C30" s="14">
+        <v>5</v>
+      </c>
+      <c r="D30" s="27">
+        <v>161</v>
+      </c>
+      <c r="E30" s="27"/>
+      <c r="F30" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="G30" s="27"/>
+      <c r="H30" s="27"/>
+      <c r="I30" s="14">
+        <v>518</v>
+      </c>
+      <c r="J30" s="27">
+        <v>111</v>
+      </c>
+      <c r="K30" s="27"/>
+      <c r="L30" s="14">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A31" s="5">
+        <v>2009</v>
+      </c>
+      <c r="B31" s="14"/>
+      <c r="C31" s="14"/>
+      <c r="D31" s="27"/>
+      <c r="E31" s="27"/>
+      <c r="F31" s="27"/>
+      <c r="G31" s="27"/>
+      <c r="H31" s="27"/>
+      <c r="I31" s="14"/>
+      <c r="J31" s="27"/>
+      <c r="K31" s="27"/>
+      <c r="L31" s="14"/>
+    </row>
+    <row r="32" spans="1:12" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A32" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B32" s="14">
+        <v>124</v>
+      </c>
+      <c r="C32" s="14">
+        <v>36</v>
+      </c>
+      <c r="D32" s="27">
+        <v>71</v>
+      </c>
+      <c r="E32" s="27"/>
+      <c r="F32" s="27">
+        <v>53</v>
+      </c>
+      <c r="G32" s="27"/>
+      <c r="H32" s="27"/>
+      <c r="I32" s="14">
+        <v>527</v>
+      </c>
+      <c r="J32" s="27">
+        <v>119</v>
+      </c>
+      <c r="K32" s="27"/>
+      <c r="L32" s="14">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A33" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B33" s="14"/>
+      <c r="C33" s="14"/>
+      <c r="D33" s="27"/>
+      <c r="E33" s="27"/>
+      <c r="F33" s="27"/>
+      <c r="G33" s="27"/>
+      <c r="H33" s="27"/>
+      <c r="I33" s="14"/>
+      <c r="J33" s="27"/>
+      <c r="K33" s="27"/>
+      <c r="L33" s="14"/>
+    </row>
+    <row r="34" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A34" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B34" s="14">
+        <v>129</v>
+      </c>
+      <c r="C34" s="14">
+        <v>91</v>
+      </c>
+      <c r="D34" s="27">
+        <v>46</v>
+      </c>
+      <c r="E34" s="27"/>
+      <c r="F34" s="27">
+        <v>35</v>
+      </c>
+      <c r="G34" s="27"/>
+      <c r="H34" s="27"/>
+      <c r="I34" s="14">
+        <v>617</v>
+      </c>
+      <c r="J34" s="27">
+        <v>69</v>
+      </c>
+      <c r="K34" s="27"/>
+      <c r="L34" s="14">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A35" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B35" s="14">
+        <v>151</v>
+      </c>
+      <c r="C35" s="14">
+        <v>15</v>
+      </c>
+      <c r="D35" s="27">
+        <v>84</v>
+      </c>
+      <c r="E35" s="27"/>
+      <c r="F35" s="27">
+        <v>72</v>
+      </c>
+      <c r="G35" s="27"/>
+      <c r="H35" s="27"/>
+      <c r="I35" s="14">
+        <v>614</v>
+      </c>
+      <c r="J35" s="27">
+        <v>56</v>
+      </c>
+      <c r="K35" s="27"/>
+      <c r="L35" s="14">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A36" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B36" s="14">
+        <v>163</v>
+      </c>
+      <c r="C36" s="14">
+        <v>10</v>
+      </c>
+      <c r="D36" s="27">
+        <v>119</v>
+      </c>
+      <c r="E36" s="27"/>
+      <c r="F36" s="27">
+        <v>95</v>
+      </c>
+      <c r="G36" s="27"/>
+      <c r="H36" s="27"/>
+      <c r="I36" s="14">
+        <v>558</v>
+      </c>
+      <c r="J36" s="27">
+        <v>45</v>
+      </c>
+      <c r="K36" s="27"/>
+      <c r="L36" s="14">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A37" s="5">
+        <v>2022</v>
+      </c>
+      <c r="B37" s="14"/>
+      <c r="C37" s="14"/>
+      <c r="D37" s="27"/>
+      <c r="E37" s="27"/>
+      <c r="F37" s="27"/>
+      <c r="G37" s="27"/>
+      <c r="H37" s="27"/>
+      <c r="I37" s="14"/>
+      <c r="J37" s="27"/>
+      <c r="K37" s="27"/>
+      <c r="L37" s="14"/>
+    </row>
+    <row r="38" spans="1:12" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A38" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B38" s="14">
+        <v>244</v>
+      </c>
+      <c r="C38" s="14">
+        <v>49</v>
+      </c>
+      <c r="D38" s="27">
+        <v>176</v>
+      </c>
+      <c r="E38" s="27"/>
+      <c r="F38" s="27">
+        <v>40</v>
+      </c>
+      <c r="G38" s="27"/>
+      <c r="H38" s="27"/>
+      <c r="I38" s="14">
+        <v>346</v>
+      </c>
+      <c r="J38" s="27">
+        <v>95</v>
+      </c>
+      <c r="K38" s="27"/>
+      <c r="L38" s="14">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A39" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B39" s="14"/>
+      <c r="C39" s="14"/>
+      <c r="D39" s="27"/>
+      <c r="E39" s="27"/>
+      <c r="F39" s="27"/>
+      <c r="G39" s="27"/>
+      <c r="H39" s="27"/>
+      <c r="I39" s="14"/>
+      <c r="J39" s="27"/>
+      <c r="K39" s="27"/>
+      <c r="L39" s="14"/>
+    </row>
+    <row r="40" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A40" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B40" s="14">
+        <v>269</v>
+      </c>
+      <c r="C40" s="14">
+        <v>82</v>
+      </c>
+      <c r="D40" s="27">
+        <v>186</v>
+      </c>
+      <c r="E40" s="27"/>
+      <c r="F40" s="27">
+        <v>36</v>
+      </c>
+      <c r="G40" s="27"/>
+      <c r="H40" s="27"/>
+      <c r="I40" s="14">
+        <v>336</v>
+      </c>
+      <c r="J40" s="27">
+        <v>69</v>
+      </c>
+      <c r="K40" s="27"/>
+      <c r="L40" s="14">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A41" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B41" s="14">
+        <v>318</v>
+      </c>
+      <c r="C41" s="14">
+        <v>36</v>
+      </c>
+      <c r="D41" s="27">
+        <v>165</v>
+      </c>
+      <c r="E41" s="27"/>
+      <c r="F41" s="27">
+        <v>28</v>
+      </c>
+      <c r="G41" s="27"/>
+      <c r="H41" s="27"/>
+      <c r="I41" s="14">
+        <v>366</v>
+      </c>
+      <c r="J41" s="27">
+        <v>67</v>
+      </c>
+      <c r="K41" s="27"/>
+      <c r="L41" s="14">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A42" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B42" s="14">
+        <v>288</v>
+      </c>
+      <c r="C42" s="14">
+        <v>31</v>
+      </c>
+      <c r="D42" s="27">
+        <v>183</v>
+      </c>
+      <c r="E42" s="27"/>
+      <c r="F42" s="27">
+        <v>34</v>
+      </c>
+      <c r="G42" s="27"/>
+      <c r="H42" s="27"/>
+      <c r="I42" s="14">
+        <v>380</v>
+      </c>
+      <c r="J42" s="27">
+        <v>66</v>
+      </c>
+      <c r="K42" s="27"/>
+      <c r="L42" s="14">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A43" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="B43" s="14"/>
+      <c r="C43" s="14"/>
+      <c r="D43" s="27"/>
+      <c r="E43" s="27"/>
+      <c r="F43" s="27"/>
+      <c r="G43" s="27"/>
+      <c r="H43" s="27"/>
+      <c r="I43" s="14"/>
+      <c r="J43" s="27"/>
+      <c r="K43" s="27"/>
+      <c r="L43" s="14"/>
+    </row>
+    <row r="44" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A44" s="5">
+        <v>2004</v>
+      </c>
+      <c r="B44" s="4"/>
+      <c r="C44" s="22"/>
+      <c r="D44" s="53"/>
+      <c r="E44" s="53"/>
+      <c r="F44" s="53"/>
+      <c r="G44" s="53"/>
+      <c r="H44" s="53"/>
+      <c r="I44" s="4"/>
+      <c r="J44" s="53"/>
+      <c r="K44" s="53"/>
+      <c r="L44" s="4"/>
+    </row>
+    <row r="45" spans="1:12" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A45" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B45" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C45" s="35" t="s">
+        <v>27</v>
+      </c>
+      <c r="D45" s="35"/>
+      <c r="E45" s="35"/>
+      <c r="F45" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="G45" s="27"/>
+      <c r="H45" s="27"/>
+      <c r="I45" s="14">
+        <v>333</v>
+      </c>
+      <c r="J45" s="27">
+        <v>318</v>
+      </c>
+      <c r="K45" s="27"/>
+      <c r="L45" s="14">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A46" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B46" s="14"/>
+      <c r="C46" s="27"/>
+      <c r="D46" s="27"/>
+      <c r="E46" s="27"/>
+      <c r="F46" s="27"/>
+      <c r="G46" s="27"/>
+      <c r="H46" s="27"/>
+      <c r="I46" s="14"/>
+      <c r="J46" s="27"/>
+      <c r="K46" s="27"/>
+      <c r="L46" s="14"/>
+    </row>
+    <row r="47" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A47" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B47" s="14" t="s">
+        <v>28</v>
+      </c>
+      <c r="C47" s="27" t="s">
+        <v>29</v>
+      </c>
+      <c r="D47" s="27"/>
+      <c r="E47" s="27"/>
+      <c r="F47" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="G47" s="27"/>
+      <c r="H47" s="27"/>
+      <c r="I47" s="14">
+        <v>403</v>
+      </c>
+      <c r="J47" s="27">
+        <v>352</v>
+      </c>
+      <c r="K47" s="27"/>
+      <c r="L47" s="14">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="48" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A48" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B48" s="14" t="s">
         <v>30</v>
       </c>
-      <c r="G2" s="32"/>
-[...4 lines deleted...]
-      <c r="J2" s="19" t="s">
+      <c r="C48" s="27" t="s">
+        <v>31</v>
+      </c>
+      <c r="D48" s="27"/>
+      <c r="E48" s="27"/>
+      <c r="F48" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="G48" s="27"/>
+      <c r="H48" s="27"/>
+      <c r="I48" s="14">
+        <v>427</v>
+      </c>
+      <c r="J48" s="27">
+        <v>261</v>
+      </c>
+      <c r="K48" s="27"/>
+      <c r="L48" s="14">
         <v>19</v>
       </c>
-      <c r="K2" s="28"/>
-[...8 lines deleted...]
-      <c r="D3" s="20" t="s">
+    </row>
+    <row r="49" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A49" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B49" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="C49" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="D49" s="27"/>
+      <c r="E49" s="27"/>
+      <c r="F49" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="G49" s="27"/>
+      <c r="H49" s="27"/>
+      <c r="I49" s="14">
+        <v>428</v>
+      </c>
+      <c r="J49" s="27">
+        <v>251</v>
+      </c>
+      <c r="K49" s="27"/>
+      <c r="L49" s="14">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A50" s="5">
+        <v>2024</v>
+      </c>
+      <c r="B50" s="16"/>
+      <c r="C50" s="16"/>
+      <c r="D50" s="27"/>
+      <c r="E50" s="27"/>
+      <c r="F50" s="27"/>
+      <c r="G50" s="27"/>
+      <c r="H50" s="27"/>
+      <c r="I50" s="16"/>
+      <c r="J50" s="27"/>
+      <c r="K50" s="27"/>
+      <c r="L50" s="16"/>
+    </row>
+    <row r="51" spans="1:12" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A51" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B51" s="16">
+        <v>210</v>
+      </c>
+      <c r="C51" s="16" t="s">
+        <v>52</v>
+      </c>
+      <c r="D51" s="27">
+        <v>145</v>
+      </c>
+      <c r="E51" s="27"/>
+      <c r="F51" s="27">
+        <v>221</v>
+      </c>
+      <c r="G51" s="27"/>
+      <c r="H51" s="27"/>
+      <c r="I51" s="16">
+        <v>139</v>
+      </c>
+      <c r="J51" s="27">
+        <v>247</v>
+      </c>
+      <c r="K51" s="27"/>
+      <c r="L51" s="16">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="52" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A52" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B52" s="16"/>
+      <c r="C52" s="16"/>
+      <c r="D52" s="27"/>
+      <c r="E52" s="27"/>
+      <c r="F52" s="27"/>
+      <c r="G52" s="27"/>
+      <c r="H52" s="27"/>
+      <c r="I52" s="16"/>
+      <c r="J52" s="27"/>
+      <c r="K52" s="27"/>
+      <c r="L52" s="16"/>
+    </row>
+    <row r="53" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A53" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B53" s="16">
+        <v>198</v>
+      </c>
+      <c r="C53" s="16" t="s">
+        <v>52</v>
+      </c>
+      <c r="D53" s="27">
+        <v>156</v>
+      </c>
+      <c r="E53" s="27"/>
+      <c r="F53" s="27">
+        <v>363</v>
+      </c>
+      <c r="G53" s="27"/>
+      <c r="H53" s="27"/>
+      <c r="I53" s="16">
+        <v>59</v>
+      </c>
+      <c r="J53" s="27">
+        <v>217</v>
+      </c>
+      <c r="K53" s="27"/>
+      <c r="L53" s="16">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="54" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A54" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B54" s="16">
+        <v>356</v>
+      </c>
+      <c r="C54" s="16" t="s">
+        <v>52</v>
+      </c>
+      <c r="D54" s="27">
+        <v>90</v>
+      </c>
+      <c r="E54" s="27"/>
+      <c r="F54" s="27">
+        <v>201</v>
+      </c>
+      <c r="G54" s="27"/>
+      <c r="H54" s="27"/>
+      <c r="I54" s="16">
+        <v>100</v>
+      </c>
+      <c r="J54" s="27">
+        <v>240</v>
+      </c>
+      <c r="K54" s="27"/>
+      <c r="L54" s="16">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="55" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A55" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B55" s="16">
+        <v>279</v>
+      </c>
+      <c r="C55" s="16" t="s">
+        <v>52</v>
+      </c>
+      <c r="D55" s="27">
+        <v>108</v>
+      </c>
+      <c r="E55" s="27"/>
+      <c r="F55" s="27">
+        <v>190</v>
+      </c>
+      <c r="G55" s="27"/>
+      <c r="H55" s="27"/>
+      <c r="I55" s="16">
+        <v>137</v>
+      </c>
+      <c r="J55" s="27">
+        <v>273</v>
+      </c>
+      <c r="K55" s="27"/>
+      <c r="L55" s="16">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="56" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A56" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="B56" s="16"/>
+      <c r="C56" s="16"/>
+      <c r="D56" s="27"/>
+      <c r="E56" s="27"/>
+      <c r="F56" s="27"/>
+      <c r="G56" s="27"/>
+      <c r="H56" s="27"/>
+      <c r="I56" s="16"/>
+      <c r="J56" s="27"/>
+      <c r="K56" s="27"/>
+      <c r="L56" s="16"/>
+    </row>
+    <row r="57" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A57" s="5">
+        <v>2002</v>
+      </c>
+      <c r="B57" s="16"/>
+      <c r="C57" s="16"/>
+      <c r="D57" s="27"/>
+      <c r="E57" s="27"/>
+      <c r="F57" s="27"/>
+      <c r="G57" s="27"/>
+      <c r="H57" s="27"/>
+      <c r="I57" s="16"/>
+      <c r="J57" s="27"/>
+      <c r="K57" s="27"/>
+      <c r="L57" s="16"/>
+    </row>
+    <row r="58" spans="1:12" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A58" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B58" s="16">
+        <v>162</v>
+      </c>
+      <c r="C58" s="16">
+        <v>31</v>
+      </c>
+      <c r="D58" s="27">
+        <v>275</v>
+      </c>
+      <c r="E58" s="27"/>
+      <c r="F58" s="27">
+        <v>128</v>
+      </c>
+      <c r="G58" s="27"/>
+      <c r="H58" s="27"/>
+      <c r="I58" s="16">
+        <v>177</v>
+      </c>
+      <c r="J58" s="27">
+        <v>139</v>
+      </c>
+      <c r="K58" s="27"/>
+      <c r="L58" s="16">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="59" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A59" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B59" s="16"/>
+      <c r="C59" s="16"/>
+      <c r="D59" s="27"/>
+      <c r="E59" s="27"/>
+      <c r="F59" s="27"/>
+      <c r="G59" s="27"/>
+      <c r="H59" s="27"/>
+      <c r="I59" s="16"/>
+      <c r="J59" s="27"/>
+      <c r="K59" s="27"/>
+      <c r="L59" s="16"/>
+    </row>
+    <row r="60" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A60" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B60" s="16">
+        <v>164</v>
+      </c>
+      <c r="C60" s="16">
+        <v>87</v>
+      </c>
+      <c r="D60" s="27">
+        <v>292</v>
+      </c>
+      <c r="E60" s="27"/>
+      <c r="F60" s="27">
+        <v>143</v>
+      </c>
+      <c r="G60" s="27"/>
+      <c r="H60" s="27"/>
+      <c r="I60" s="16">
+        <v>202</v>
+      </c>
+      <c r="J60" s="27">
+        <v>87</v>
+      </c>
+      <c r="K60" s="27"/>
+      <c r="L60" s="16">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="61" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A61" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B61" s="14">
+        <v>216</v>
+      </c>
+      <c r="C61" s="14">
+        <v>27</v>
+      </c>
+      <c r="D61" s="27">
+        <v>372</v>
+      </c>
+      <c r="E61" s="27"/>
+      <c r="F61" s="27">
+        <v>156</v>
+      </c>
+      <c r="G61" s="27"/>
+      <c r="H61" s="27"/>
+      <c r="I61" s="14">
+        <v>163</v>
+      </c>
+      <c r="J61" s="27">
+        <v>44</v>
+      </c>
+      <c r="K61" s="27"/>
+      <c r="L61" s="14">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="62" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A62" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B62" s="14">
+        <v>206</v>
+      </c>
+      <c r="C62" s="14">
         <v>17</v>
       </c>
-      <c r="E3" s="29"/>
-[...58 lines deleted...]
-      <c r="F6" s="49" t="s">
+      <c r="D62" s="27">
+        <v>355</v>
+      </c>
+      <c r="E62" s="27"/>
+      <c r="F62" s="27">
+        <v>167</v>
+      </c>
+      <c r="G62" s="27"/>
+      <c r="H62" s="27"/>
+      <c r="I62" s="14">
+        <v>180</v>
+      </c>
+      <c r="J62" s="27">
+        <v>52</v>
+      </c>
+      <c r="K62" s="27"/>
+      <c r="L62" s="14">
         <v>9</v>
       </c>
-      <c r="G6" s="49"/>
-[...29 lines deleted...]
-      <c r="A8" s="41" t="s">
+    </row>
+    <row r="63" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A63" s="5">
+        <v>2010</v>
+      </c>
+      <c r="B63" s="14"/>
+      <c r="C63" s="27"/>
+      <c r="D63" s="27"/>
+      <c r="E63" s="27"/>
+      <c r="F63" s="27"/>
+      <c r="G63" s="14"/>
+      <c r="H63" s="27"/>
+      <c r="I63" s="27"/>
+      <c r="J63" s="27"/>
+      <c r="K63" s="27"/>
+      <c r="L63" s="27"/>
+    </row>
+    <row r="64" spans="1:12" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A64" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="B8" s="48"/>
-[...12 lines deleted...]
-      <c r="A9" s="42" t="s">
+      <c r="B64" s="14">
+        <v>234</v>
+      </c>
+      <c r="C64" s="14">
+        <v>46</v>
+      </c>
+      <c r="D64" s="27">
+        <v>312</v>
+      </c>
+      <c r="E64" s="27"/>
+      <c r="F64" s="27">
+        <v>56</v>
+      </c>
+      <c r="G64" s="27"/>
+      <c r="H64" s="27"/>
+      <c r="I64" s="14">
+        <v>182</v>
+      </c>
+      <c r="J64" s="27">
+        <v>110</v>
+      </c>
+      <c r="K64" s="27"/>
+      <c r="L64" s="14">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="65" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A65" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="B9" s="48">
-[...9 lines deleted...]
-      <c r="F9" s="49" t="s">
+      <c r="B65" s="14"/>
+      <c r="C65" s="14"/>
+      <c r="D65" s="27"/>
+      <c r="E65" s="27"/>
+      <c r="F65" s="27"/>
+      <c r="G65" s="27"/>
+      <c r="H65" s="27"/>
+      <c r="I65" s="14"/>
+      <c r="J65" s="27"/>
+      <c r="K65" s="27"/>
+      <c r="L65" s="14"/>
+    </row>
+    <row r="66" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A66" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B66" s="14">
+        <v>283</v>
+      </c>
+      <c r="C66" s="14">
+        <v>137</v>
+      </c>
+      <c r="D66" s="27">
+        <v>275</v>
+      </c>
+      <c r="E66" s="27"/>
+      <c r="F66" s="27">
+        <v>61</v>
+      </c>
+      <c r="G66" s="27"/>
+      <c r="H66" s="27"/>
+      <c r="I66" s="14">
+        <v>164</v>
+      </c>
+      <c r="J66" s="27">
+        <v>66</v>
+      </c>
+      <c r="K66" s="27"/>
+      <c r="L66" s="14">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="67" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A67" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B67" s="14">
+        <v>323</v>
+      </c>
+      <c r="C67" s="14">
+        <v>33</v>
+      </c>
+      <c r="D67" s="27">
+        <v>337</v>
+      </c>
+      <c r="E67" s="27"/>
+      <c r="F67" s="27">
+        <v>61</v>
+      </c>
+      <c r="G67" s="27"/>
+      <c r="H67" s="27"/>
+      <c r="I67" s="14">
+        <v>164</v>
+      </c>
+      <c r="J67" s="27">
+        <v>68</v>
+      </c>
+      <c r="K67" s="27"/>
+      <c r="L67" s="14">
         <v>9</v>
       </c>
-      <c r="G9" s="49"/>
-[...8 lines deleted...]
-      <c r="L9" s="48">
+    </row>
+    <row r="68" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="B68" s="12">
+        <v>265</v>
+      </c>
+      <c r="C68" s="12">
+        <v>19</v>
+      </c>
+      <c r="D68" s="54">
+        <v>411</v>
+      </c>
+      <c r="E68" s="54"/>
+      <c r="F68" s="54">
+        <v>70</v>
+      </c>
+      <c r="G68" s="54"/>
+      <c r="H68" s="54"/>
+      <c r="I68" s="12">
+        <v>181</v>
+      </c>
+      <c r="J68" s="54">
+        <v>45</v>
+      </c>
+      <c r="K68" s="54"/>
+      <c r="L68" s="12">
         <v>7</v>
       </c>
     </row>
-    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
-[...1314 lines deleted...]
-    </row>
   </sheetData>
-  <mergeCells count="189">
+  <mergeCells count="207">
+    <mergeCell ref="D68:E68"/>
+    <mergeCell ref="F68:H68"/>
+    <mergeCell ref="J68:K68"/>
+    <mergeCell ref="D66:E66"/>
+    <mergeCell ref="F66:H66"/>
+    <mergeCell ref="J66:K66"/>
+    <mergeCell ref="D67:E67"/>
+    <mergeCell ref="F67:H67"/>
+    <mergeCell ref="J67:K67"/>
+    <mergeCell ref="D64:E64"/>
+    <mergeCell ref="F64:H64"/>
+    <mergeCell ref="J64:K64"/>
+    <mergeCell ref="D65:E65"/>
+    <mergeCell ref="F65:H65"/>
+    <mergeCell ref="J65:K65"/>
     <mergeCell ref="D62:E62"/>
     <mergeCell ref="F62:H62"/>
     <mergeCell ref="J62:K62"/>
+    <mergeCell ref="C63:D63"/>
+    <mergeCell ref="E63:F63"/>
+    <mergeCell ref="H63:J63"/>
+    <mergeCell ref="K63:L63"/>
     <mergeCell ref="D60:E60"/>
     <mergeCell ref="F60:H60"/>
     <mergeCell ref="J60:K60"/>
     <mergeCell ref="D61:E61"/>
     <mergeCell ref="F61:H61"/>
     <mergeCell ref="J61:K61"/>
     <mergeCell ref="D58:E58"/>
     <mergeCell ref="F58:H58"/>
     <mergeCell ref="J58:K58"/>
     <mergeCell ref="D59:E59"/>
     <mergeCell ref="F59:H59"/>
     <mergeCell ref="J59:K59"/>
     <mergeCell ref="D56:E56"/>
     <mergeCell ref="F56:H56"/>
     <mergeCell ref="J56:K56"/>
-    <mergeCell ref="C57:D57"/>
-[...8 lines deleted...]
-    <mergeCell ref="J55:K55"/>
+    <mergeCell ref="D57:E57"/>
+    <mergeCell ref="F57:H57"/>
+    <mergeCell ref="J57:K57"/>
+    <mergeCell ref="C48:E48"/>
+    <mergeCell ref="F48:H48"/>
+    <mergeCell ref="J48:K48"/>
+    <mergeCell ref="C49:E49"/>
+    <mergeCell ref="F49:H49"/>
+    <mergeCell ref="J49:K49"/>
+    <mergeCell ref="D50:E50"/>
+    <mergeCell ref="F50:H50"/>
+    <mergeCell ref="J50:K50"/>
+    <mergeCell ref="D51:E51"/>
+    <mergeCell ref="F51:H51"/>
+    <mergeCell ref="J51:K51"/>
     <mergeCell ref="D52:E52"/>
     <mergeCell ref="F52:H52"/>
     <mergeCell ref="J52:K52"/>
     <mergeCell ref="D53:E53"/>
     <mergeCell ref="F53:H53"/>
     <mergeCell ref="J53:K53"/>
-    <mergeCell ref="D50:E50"/>
-[...10 lines deleted...]
-    <mergeCell ref="J49:K49"/>
     <mergeCell ref="C46:E46"/>
     <mergeCell ref="F46:H46"/>
     <mergeCell ref="J46:K46"/>
     <mergeCell ref="C47:E47"/>
     <mergeCell ref="F47:H47"/>
     <mergeCell ref="J47:K47"/>
     <mergeCell ref="D44:E44"/>
     <mergeCell ref="F44:H44"/>
     <mergeCell ref="J44:K44"/>
     <mergeCell ref="C45:E45"/>
     <mergeCell ref="F45:H45"/>
     <mergeCell ref="J45:K45"/>
     <mergeCell ref="D42:E42"/>
     <mergeCell ref="F42:H42"/>
     <mergeCell ref="J42:K42"/>
     <mergeCell ref="D43:E43"/>
     <mergeCell ref="F43:H43"/>
     <mergeCell ref="J43:K43"/>
     <mergeCell ref="D40:E40"/>
     <mergeCell ref="F40:H40"/>
     <mergeCell ref="J40:K40"/>
     <mergeCell ref="D41:E41"/>
     <mergeCell ref="F41:H41"/>
     <mergeCell ref="J41:K41"/>
     <mergeCell ref="D38:E38"/>
@@ -4616,1541 +4788,1612 @@
     <mergeCell ref="B18:B19"/>
     <mergeCell ref="C18:C19"/>
     <mergeCell ref="D18:E19"/>
     <mergeCell ref="F18:H19"/>
     <mergeCell ref="I18:I19"/>
     <mergeCell ref="J18:K19"/>
     <mergeCell ref="D16:E16"/>
     <mergeCell ref="F16:H16"/>
     <mergeCell ref="J16:K16"/>
     <mergeCell ref="D17:E17"/>
     <mergeCell ref="F17:H17"/>
     <mergeCell ref="J17:K17"/>
     <mergeCell ref="L12:L13"/>
     <mergeCell ref="D14:E14"/>
     <mergeCell ref="F14:H14"/>
     <mergeCell ref="J14:K14"/>
     <mergeCell ref="D15:E15"/>
     <mergeCell ref="F15:H15"/>
     <mergeCell ref="J15:K15"/>
     <mergeCell ref="B12:B13"/>
     <mergeCell ref="C12:C13"/>
     <mergeCell ref="D12:E13"/>
     <mergeCell ref="F12:H13"/>
     <mergeCell ref="I12:I13"/>
     <mergeCell ref="J12:K13"/>
+    <mergeCell ref="I6:I7"/>
+    <mergeCell ref="J6:K7"/>
     <mergeCell ref="D10:E10"/>
     <mergeCell ref="F10:H10"/>
     <mergeCell ref="J10:K10"/>
     <mergeCell ref="D11:E11"/>
     <mergeCell ref="F11:H11"/>
     <mergeCell ref="J11:K11"/>
     <mergeCell ref="L6:L7"/>
     <mergeCell ref="D8:E8"/>
     <mergeCell ref="F8:H8"/>
     <mergeCell ref="J8:K8"/>
     <mergeCell ref="D9:E9"/>
     <mergeCell ref="F9:H9"/>
     <mergeCell ref="J9:K9"/>
-    <mergeCell ref="D5:E5"/>
-[...7 lines deleted...]
-    <mergeCell ref="J6:K7"/>
+    <mergeCell ref="D54:E54"/>
+    <mergeCell ref="F54:H54"/>
+    <mergeCell ref="J54:K54"/>
+    <mergeCell ref="D55:E55"/>
+    <mergeCell ref="F55:H55"/>
+    <mergeCell ref="J55:K55"/>
     <mergeCell ref="B1:L1"/>
     <mergeCell ref="A2:A4"/>
     <mergeCell ref="B2:B4"/>
     <mergeCell ref="C2:C4"/>
     <mergeCell ref="D2:E2"/>
     <mergeCell ref="D3:E3"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="F2:H4"/>
     <mergeCell ref="J2:K2"/>
     <mergeCell ref="J3:K3"/>
     <mergeCell ref="J4:K4"/>
+    <mergeCell ref="D5:E5"/>
+    <mergeCell ref="F5:H5"/>
+    <mergeCell ref="J5:K5"/>
+    <mergeCell ref="B6:B7"/>
+    <mergeCell ref="C6:C7"/>
+    <mergeCell ref="D6:E7"/>
+    <mergeCell ref="F6:H7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:L59"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+  <dimension ref="A1:L60"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A43" workbookViewId="0">
-      <selection activeCell="J56" sqref="J56"/>
+    <sheetView topLeftCell="A32" workbookViewId="0">
+      <selection activeCell="P58" sqref="P58"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="18.5703125" customWidth="1"/>
     <col min="2" max="2" width="14.28515625" customWidth="1"/>
     <col min="10" max="10" width="12.5703125" customWidth="1"/>
     <col min="11" max="11" width="10.28515625" customWidth="1"/>
     <col min="12" max="12" width="13.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B1" s="19" t="s">
+    <row r="1" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A1" s="42"/>
+      <c r="B1" s="57" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="32"/>
-[...12 lines deleted...]
-      <c r="B2" s="16" t="s">
+      <c r="C1" s="58"/>
+      <c r="D1" s="58"/>
+      <c r="E1" s="58"/>
+      <c r="F1" s="58"/>
+      <c r="G1" s="58"/>
+      <c r="H1" s="58"/>
+      <c r="I1" s="58"/>
+      <c r="J1" s="58"/>
+      <c r="K1" s="58"/>
+      <c r="L1" s="58"/>
+    </row>
+    <row r="2" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="43"/>
+      <c r="B2" s="50" t="s">
+        <v>35</v>
+      </c>
+      <c r="C2" s="59"/>
+      <c r="D2" s="59"/>
+      <c r="E2" s="59"/>
+      <c r="F2" s="59"/>
+      <c r="G2" s="59"/>
+      <c r="H2" s="59"/>
+      <c r="I2" s="59"/>
+      <c r="J2" s="59"/>
+      <c r="K2" s="59"/>
+      <c r="L2" s="59"/>
+    </row>
+    <row r="3" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A3" s="40"/>
+      <c r="B3" s="28" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="19" t="s">
+      <c r="C3" s="31" t="s">
         <v>2</v>
       </c>
-      <c r="D2" s="28"/>
-      <c r="E2" s="19" t="s">
+      <c r="D3" s="42"/>
+      <c r="E3" s="31" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" s="42"/>
+      <c r="G3" s="31" t="s">
+        <v>3</v>
+      </c>
+      <c r="H3" s="46"/>
+      <c r="I3" s="42"/>
+      <c r="J3" s="17" t="s">
+        <v>20</v>
+      </c>
+      <c r="K3" s="17" t="s">
+        <v>21</v>
+      </c>
+      <c r="L3" s="19" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A4" s="40"/>
+      <c r="B4" s="29"/>
+      <c r="C4" s="32"/>
+      <c r="D4" s="43"/>
+      <c r="E4" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="F4" s="43"/>
+      <c r="G4" s="32"/>
+      <c r="H4" s="47"/>
+      <c r="I4" s="43"/>
+      <c r="J4" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="K4" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="L4" s="18" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="41"/>
+      <c r="B5" s="30"/>
+      <c r="C5" s="33"/>
+      <c r="D5" s="49"/>
+      <c r="E5" s="44"/>
+      <c r="F5" s="45"/>
+      <c r="G5" s="33"/>
+      <c r="H5" s="48"/>
+      <c r="I5" s="49"/>
+      <c r="J5" s="23"/>
+      <c r="K5" s="24"/>
+      <c r="L5" s="21"/>
+    </row>
+    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A6" s="5">
+        <v>2021</v>
+      </c>
+      <c r="B6" s="56"/>
+      <c r="C6" s="52"/>
+      <c r="D6" s="52"/>
+      <c r="E6" s="52"/>
+      <c r="F6" s="52"/>
+      <c r="G6" s="52"/>
+      <c r="H6" s="4"/>
+      <c r="I6" s="52"/>
+      <c r="J6" s="52"/>
+      <c r="K6" s="52"/>
+      <c r="L6" s="52"/>
+    </row>
+    <row r="7" spans="1:12" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A7" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B7" s="14">
+        <v>267</v>
+      </c>
+      <c r="C7" s="27">
+        <v>24</v>
+      </c>
+      <c r="D7" s="27"/>
+      <c r="E7" s="27">
+        <v>258</v>
+      </c>
+      <c r="F7" s="27"/>
+      <c r="G7" s="27">
+        <v>137</v>
+      </c>
+      <c r="H7" s="27"/>
+      <c r="I7" s="27"/>
+      <c r="J7" s="14">
+        <v>189</v>
+      </c>
+      <c r="K7" s="14">
+        <v>101</v>
+      </c>
+      <c r="L7" s="14">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A8" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B8" s="14"/>
+      <c r="C8" s="27"/>
+      <c r="D8" s="27"/>
+      <c r="E8" s="27"/>
+      <c r="F8" s="27"/>
+      <c r="G8" s="27"/>
+      <c r="H8" s="27"/>
+      <c r="I8" s="27"/>
+      <c r="J8" s="14"/>
+      <c r="K8" s="14"/>
+      <c r="L8" s="14"/>
+    </row>
+    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A9" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="14">
+        <v>286</v>
+      </c>
+      <c r="C9" s="27">
+        <v>40</v>
+      </c>
+      <c r="D9" s="27"/>
+      <c r="E9" s="27">
+        <v>232</v>
+      </c>
+      <c r="F9" s="27"/>
+      <c r="G9" s="27">
+        <v>120</v>
+      </c>
+      <c r="H9" s="27"/>
+      <c r="I9" s="27"/>
+      <c r="J9" s="14">
+        <v>236</v>
+      </c>
+      <c r="K9" s="14">
+        <v>77</v>
+      </c>
+      <c r="L9" s="14">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A10" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" s="14">
+        <v>396</v>
+      </c>
+      <c r="C10" s="27">
+        <v>33</v>
+      </c>
+      <c r="D10" s="27"/>
+      <c r="E10" s="27">
+        <v>237</v>
+      </c>
+      <c r="F10" s="27"/>
+      <c r="G10" s="27">
+        <v>130</v>
+      </c>
+      <c r="H10" s="27"/>
+      <c r="I10" s="27"/>
+      <c r="J10" s="14">
+        <v>133</v>
+      </c>
+      <c r="K10" s="14">
+        <v>61</v>
+      </c>
+      <c r="L10" s="14">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A11" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B11" s="14">
+        <v>338</v>
+      </c>
+      <c r="C11" s="27">
+        <v>27</v>
+      </c>
+      <c r="D11" s="27"/>
+      <c r="E11" s="27">
+        <v>265</v>
+      </c>
+      <c r="F11" s="27"/>
+      <c r="G11" s="27">
+        <v>149</v>
+      </c>
+      <c r="H11" s="27"/>
+      <c r="I11" s="27"/>
+      <c r="J11" s="14">
+        <v>149</v>
+      </c>
+      <c r="K11" s="14">
+        <v>65</v>
+      </c>
+      <c r="L11" s="14">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A12" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="B12" s="25"/>
+      <c r="C12" s="60"/>
+      <c r="D12" s="60"/>
+      <c r="E12" s="60"/>
+      <c r="F12" s="60"/>
+      <c r="G12" s="60"/>
+      <c r="H12" s="60"/>
+      <c r="I12" s="60"/>
+      <c r="J12" s="25"/>
+      <c r="K12" s="25"/>
+      <c r="L12" s="25"/>
+    </row>
+    <row r="13" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A13" s="5">
+        <v>2000</v>
+      </c>
+      <c r="B13" s="25"/>
+      <c r="C13" s="60"/>
+      <c r="D13" s="60"/>
+      <c r="E13" s="60"/>
+      <c r="F13" s="60"/>
+      <c r="G13" s="60"/>
+      <c r="H13" s="60"/>
+      <c r="I13" s="60"/>
+      <c r="J13" s="25"/>
+      <c r="K13" s="25"/>
+      <c r="L13" s="25"/>
+    </row>
+    <row r="14" spans="1:12" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A14" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B14" s="14">
+        <v>76</v>
+      </c>
+      <c r="C14" s="27">
+        <v>13</v>
+      </c>
+      <c r="D14" s="27"/>
+      <c r="E14" s="27">
+        <v>66</v>
+      </c>
+      <c r="F14" s="27"/>
+      <c r="G14" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="H14" s="27"/>
+      <c r="I14" s="27"/>
+      <c r="J14" s="14">
+        <v>575</v>
+      </c>
+      <c r="K14" s="14">
+        <v>192</v>
+      </c>
+      <c r="L14" s="14">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A15" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B15" s="14"/>
+      <c r="C15" s="27"/>
+      <c r="D15" s="27"/>
+      <c r="E15" s="27"/>
+      <c r="F15" s="27"/>
+      <c r="G15" s="27"/>
+      <c r="H15" s="27"/>
+      <c r="I15" s="27"/>
+      <c r="J15" s="14"/>
+      <c r="K15" s="14"/>
+      <c r="L15" s="14"/>
+    </row>
+    <row r="16" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A16" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B16" s="14">
+        <v>60</v>
+      </c>
+      <c r="C16" s="27">
+        <v>31</v>
+      </c>
+      <c r="D16" s="27"/>
+      <c r="E16" s="27">
+        <v>72</v>
+      </c>
+      <c r="F16" s="27"/>
+      <c r="G16" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="H16" s="27"/>
+      <c r="I16" s="27"/>
+      <c r="J16" s="14">
+        <v>717</v>
+      </c>
+      <c r="K16" s="14">
+        <v>109</v>
+      </c>
+      <c r="L16" s="14">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A17" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" s="14">
+        <v>107</v>
+      </c>
+      <c r="C17" s="27">
+        <v>6</v>
+      </c>
+      <c r="D17" s="27"/>
+      <c r="E17" s="27">
+        <v>97</v>
+      </c>
+      <c r="F17" s="27"/>
+      <c r="G17" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="H17" s="27"/>
+      <c r="I17" s="27"/>
+      <c r="J17" s="14">
+        <v>693</v>
+      </c>
+      <c r="K17" s="14">
+        <v>85</v>
+      </c>
+      <c r="L17" s="14">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A18" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B18" s="14">
+        <v>144</v>
+      </c>
+      <c r="C18" s="27">
+        <v>5</v>
+      </c>
+      <c r="D18" s="27"/>
+      <c r="E18" s="27">
+        <v>97</v>
+      </c>
+      <c r="F18" s="27"/>
+      <c r="G18" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="H18" s="27"/>
+      <c r="I18" s="27"/>
+      <c r="J18" s="14">
+        <v>602</v>
+      </c>
+      <c r="K18" s="14">
+        <v>131</v>
+      </c>
+      <c r="L18" s="14">
         <v>16</v>
       </c>
-      <c r="F2" s="28"/>
-[...8 lines deleted...]
-      <c r="K2" s="6" t="s">
+    </row>
+    <row r="19" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A19" s="5">
+        <v>2010</v>
+      </c>
+      <c r="B19" s="14"/>
+      <c r="C19" s="27"/>
+      <c r="D19" s="27"/>
+      <c r="E19" s="27"/>
+      <c r="F19" s="27"/>
+      <c r="G19" s="27"/>
+      <c r="H19" s="27"/>
+      <c r="I19" s="27"/>
+      <c r="J19" s="14"/>
+      <c r="K19" s="14"/>
+      <c r="L19" s="14"/>
+    </row>
+    <row r="20" spans="1:12" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A20" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B20" s="14">
+        <v>77</v>
+      </c>
+      <c r="C20" s="27">
+        <v>21</v>
+      </c>
+      <c r="D20" s="27"/>
+      <c r="E20" s="27">
+        <v>73</v>
+      </c>
+      <c r="F20" s="27"/>
+      <c r="G20" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="H20" s="27"/>
+      <c r="I20" s="27"/>
+      <c r="J20" s="14">
+        <v>528</v>
+      </c>
+      <c r="K20" s="14">
+        <v>211</v>
+      </c>
+      <c r="L20" s="14">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A21" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B21" s="14"/>
+      <c r="C21" s="27"/>
+      <c r="D21" s="27"/>
+      <c r="E21" s="27"/>
+      <c r="F21" s="27"/>
+      <c r="G21" s="27"/>
+      <c r="H21" s="27"/>
+      <c r="I21" s="27"/>
+      <c r="J21" s="14"/>
+      <c r="K21" s="14"/>
+      <c r="L21" s="14"/>
+    </row>
+    <row r="22" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A22" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B22" s="14">
+        <v>69</v>
+      </c>
+      <c r="C22" s="27">
+        <v>43</v>
+      </c>
+      <c r="D22" s="27"/>
+      <c r="E22" s="27">
+        <v>51</v>
+      </c>
+      <c r="F22" s="27"/>
+      <c r="G22" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="H22" s="27"/>
+      <c r="I22" s="27"/>
+      <c r="J22" s="14">
+        <v>590</v>
+      </c>
+      <c r="K22" s="14">
+        <v>196</v>
+      </c>
+      <c r="L22" s="14">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A23" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B23" s="14">
+        <v>97</v>
+      </c>
+      <c r="C23" s="27">
+        <v>12</v>
+      </c>
+      <c r="D23" s="27"/>
+      <c r="E23" s="27">
+        <v>89</v>
+      </c>
+      <c r="F23" s="27"/>
+      <c r="G23" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="H23" s="27"/>
+      <c r="I23" s="27"/>
+      <c r="J23" s="14">
+        <v>637</v>
+      </c>
+      <c r="K23" s="14">
+        <v>127</v>
+      </c>
+      <c r="L23" s="14">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A24" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B24" s="14">
+        <v>108</v>
+      </c>
+      <c r="C24" s="27">
+        <v>10</v>
+      </c>
+      <c r="D24" s="27"/>
+      <c r="E24" s="27">
+        <v>126</v>
+      </c>
+      <c r="F24" s="27"/>
+      <c r="G24" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="H24" s="27"/>
+      <c r="I24" s="27"/>
+      <c r="J24" s="14">
+        <v>619</v>
+      </c>
+      <c r="K24" s="14">
+        <v>101</v>
+      </c>
+      <c r="L24" s="14">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A25" s="5">
+        <v>2020</v>
+      </c>
+      <c r="B25" s="14"/>
+      <c r="C25" s="27"/>
+      <c r="D25" s="27"/>
+      <c r="E25" s="27"/>
+      <c r="F25" s="27"/>
+      <c r="G25" s="27"/>
+      <c r="H25" s="27"/>
+      <c r="I25" s="27"/>
+      <c r="J25" s="14"/>
+      <c r="K25" s="14"/>
+      <c r="L25" s="14"/>
+    </row>
+    <row r="26" spans="1:12" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A26" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B26" s="14">
+        <v>72</v>
+      </c>
+      <c r="C26" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="D26" s="27"/>
+      <c r="E26" s="27">
+        <v>63</v>
+      </c>
+      <c r="F26" s="27"/>
+      <c r="G26" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="H26" s="27"/>
+      <c r="I26" s="27"/>
+      <c r="J26" s="14">
+        <v>601</v>
+      </c>
+      <c r="K26" s="14">
+        <v>193</v>
+      </c>
+      <c r="L26" s="14">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A27" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B27" s="14"/>
+      <c r="C27" s="27"/>
+      <c r="D27" s="27"/>
+      <c r="E27" s="27"/>
+      <c r="F27" s="27"/>
+      <c r="G27" s="27"/>
+      <c r="H27" s="27"/>
+      <c r="I27" s="27"/>
+      <c r="J27" s="14"/>
+      <c r="K27" s="14"/>
+      <c r="L27" s="14"/>
+    </row>
+    <row r="28" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A28" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B28" s="14">
+        <v>84</v>
+      </c>
+      <c r="C28" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="D28" s="27"/>
+      <c r="E28" s="27">
+        <v>73</v>
+      </c>
+      <c r="F28" s="27"/>
+      <c r="G28" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="H28" s="27"/>
+      <c r="I28" s="27"/>
+      <c r="J28" s="14">
+        <v>634</v>
+      </c>
+      <c r="K28" s="14">
+        <v>159</v>
+      </c>
+      <c r="L28" s="14">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A29" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B29" s="14">
+        <v>84</v>
+      </c>
+      <c r="C29" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="D29" s="27"/>
+      <c r="E29" s="27">
+        <v>64</v>
+      </c>
+      <c r="F29" s="27"/>
+      <c r="G29" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="H29" s="27"/>
+      <c r="I29" s="27"/>
+      <c r="J29" s="14">
+        <v>636</v>
+      </c>
+      <c r="K29" s="14">
+        <v>165</v>
+      </c>
+      <c r="L29" s="14">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A30" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B30" s="14">
+        <v>82</v>
+      </c>
+      <c r="C30" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="D30" s="27"/>
+      <c r="E30" s="27">
+        <v>73</v>
+      </c>
+      <c r="F30" s="27"/>
+      <c r="G30" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="H30" s="27"/>
+      <c r="I30" s="27"/>
+      <c r="J30" s="14">
+        <v>642</v>
+      </c>
+      <c r="K30" s="14">
+        <v>158</v>
+      </c>
+      <c r="L30" s="14">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A31" s="9" t="s">
+        <v>40</v>
+      </c>
+      <c r="B31" s="14"/>
+      <c r="C31" s="27"/>
+      <c r="D31" s="27"/>
+      <c r="E31" s="27"/>
+      <c r="F31" s="27"/>
+      <c r="G31" s="27"/>
+      <c r="H31" s="27"/>
+      <c r="I31" s="27"/>
+      <c r="J31" s="14"/>
+      <c r="K31" s="14"/>
+      <c r="L31" s="14"/>
+    </row>
+    <row r="32" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A32" s="5">
+        <v>1995</v>
+      </c>
+      <c r="B32" s="15"/>
+      <c r="C32" s="35"/>
+      <c r="D32" s="35"/>
+      <c r="E32" s="35"/>
+      <c r="F32" s="35"/>
+      <c r="G32" s="35"/>
+      <c r="H32" s="35"/>
+      <c r="I32" s="35"/>
+      <c r="J32" s="15"/>
+      <c r="K32" s="15"/>
+      <c r="L32" s="15"/>
+    </row>
+    <row r="33" spans="1:12" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A33" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B33" s="14">
+        <v>92</v>
+      </c>
+      <c r="C33" s="27">
+        <v>9</v>
+      </c>
+      <c r="D33" s="27"/>
+      <c r="E33" s="27">
+        <v>166</v>
+      </c>
+      <c r="F33" s="27"/>
+      <c r="G33" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="H33" s="27"/>
+      <c r="I33" s="27"/>
+      <c r="J33" s="14">
+        <v>478</v>
+      </c>
+      <c r="K33" s="14">
+        <v>183</v>
+      </c>
+      <c r="L33" s="14">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="34" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A34" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B34" s="14"/>
+      <c r="C34" s="27"/>
+      <c r="D34" s="27"/>
+      <c r="E34" s="27"/>
+      <c r="F34" s="27"/>
+      <c r="G34" s="27"/>
+      <c r="H34" s="27"/>
+      <c r="I34" s="27"/>
+      <c r="J34" s="14"/>
+      <c r="K34" s="14"/>
+      <c r="L34" s="14"/>
+    </row>
+    <row r="35" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A35" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B35" s="14">
+        <v>72</v>
+      </c>
+      <c r="C35" s="27">
+        <v>21</v>
+      </c>
+      <c r="D35" s="27"/>
+      <c r="E35" s="27">
+        <v>209</v>
+      </c>
+      <c r="F35" s="27"/>
+      <c r="G35" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="H35" s="27"/>
+      <c r="I35" s="27"/>
+      <c r="J35" s="14">
+        <v>620</v>
+      </c>
+      <c r="K35" s="14">
+        <v>67</v>
+      </c>
+      <c r="L35" s="14">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A36" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B36" s="14">
+        <v>136</v>
+      </c>
+      <c r="C36" s="27">
+        <v>6</v>
+      </c>
+      <c r="D36" s="27"/>
+      <c r="E36" s="27">
+        <v>211</v>
+      </c>
+      <c r="F36" s="27"/>
+      <c r="G36" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="H36" s="27"/>
+      <c r="I36" s="27"/>
+      <c r="J36" s="14">
+        <v>553</v>
+      </c>
+      <c r="K36" s="14">
+        <v>77</v>
+      </c>
+      <c r="L36" s="14">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A37" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B37" s="14">
+        <v>174</v>
+      </c>
+      <c r="C37" s="27">
+        <v>6</v>
+      </c>
+      <c r="D37" s="27"/>
+      <c r="E37" s="27">
+        <v>211</v>
+      </c>
+      <c r="F37" s="27"/>
+      <c r="G37" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="H37" s="27"/>
+      <c r="I37" s="27"/>
+      <c r="J37" s="14">
+        <v>430</v>
+      </c>
+      <c r="K37" s="14">
+        <v>143</v>
+      </c>
+      <c r="L37" s="14">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="38" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A38" s="5">
+        <v>2022</v>
+      </c>
+      <c r="B38" s="15"/>
+      <c r="C38" s="35"/>
+      <c r="D38" s="35"/>
+      <c r="E38" s="35"/>
+      <c r="F38" s="35"/>
+      <c r="G38" s="35"/>
+      <c r="H38" s="35"/>
+      <c r="I38" s="35"/>
+      <c r="J38" s="15"/>
+      <c r="K38" s="15"/>
+      <c r="L38" s="15"/>
+    </row>
+    <row r="39" spans="1:12" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A39" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B39" s="14">
+        <v>81</v>
+      </c>
+      <c r="C39" s="27">
+        <v>2</v>
+      </c>
+      <c r="D39" s="27"/>
+      <c r="E39" s="27">
+        <v>65</v>
+      </c>
+      <c r="F39" s="27"/>
+      <c r="G39" s="27">
+        <v>40</v>
+      </c>
+      <c r="H39" s="27"/>
+      <c r="I39" s="27"/>
+      <c r="J39" s="14">
+        <v>737</v>
+      </c>
+      <c r="K39" s="14">
+        <v>45</v>
+      </c>
+      <c r="L39" s="14">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A40" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B40" s="14"/>
+      <c r="C40" s="27"/>
+      <c r="D40" s="27"/>
+      <c r="E40" s="27"/>
+      <c r="F40" s="27"/>
+      <c r="G40" s="27"/>
+      <c r="H40" s="27"/>
+      <c r="I40" s="27"/>
+      <c r="J40" s="14"/>
+      <c r="K40" s="14"/>
+      <c r="L40" s="14"/>
+    </row>
+    <row r="41" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A41" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B41" s="14">
+        <v>92</v>
+      </c>
+      <c r="C41" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="D41" s="27"/>
+      <c r="E41" s="27">
+        <v>62</v>
+      </c>
+      <c r="F41" s="27"/>
+      <c r="G41" s="27">
+        <v>42</v>
+      </c>
+      <c r="H41" s="27"/>
+      <c r="I41" s="27"/>
+      <c r="J41" s="14">
+        <v>801</v>
+      </c>
+      <c r="K41" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="L41" s="14" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A42" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B42" s="14">
+        <v>78</v>
+      </c>
+      <c r="C42" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="D42" s="27"/>
+      <c r="E42" s="27">
+        <v>58</v>
+      </c>
+      <c r="F42" s="27"/>
+      <c r="G42" s="27">
+        <v>43</v>
+      </c>
+      <c r="H42" s="27"/>
+      <c r="I42" s="27"/>
+      <c r="J42" s="14">
+        <v>817</v>
+      </c>
+      <c r="K42" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="L42" s="14" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="43" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A43" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="B43" s="14">
+        <v>83</v>
+      </c>
+      <c r="C43" s="27">
+        <v>2</v>
+      </c>
+      <c r="D43" s="27"/>
+      <c r="E43" s="27">
+        <v>77</v>
+      </c>
+      <c r="F43" s="27"/>
+      <c r="G43" s="27">
+        <v>44</v>
+      </c>
+      <c r="H43" s="27"/>
+      <c r="I43" s="27"/>
+      <c r="J43" s="14">
+        <v>772</v>
+      </c>
+      <c r="K43" s="14">
         <v>19</v>
       </c>
-      <c r="L2" s="7" t="s">
-[...86 lines deleted...]
-      <c r="A7" s="41" t="s">
+      <c r="L43" s="14" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="44" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A44" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="B44" s="14"/>
+      <c r="C44" s="27"/>
+      <c r="D44" s="27"/>
+      <c r="E44" s="27"/>
+      <c r="F44" s="27"/>
+      <c r="G44" s="27"/>
+      <c r="H44" s="27"/>
+      <c r="I44" s="27"/>
+      <c r="J44" s="14"/>
+      <c r="K44" s="14"/>
+      <c r="L44" s="14"/>
+    </row>
+    <row r="45" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A45" s="5">
+        <v>2001</v>
+      </c>
+      <c r="B45" s="15"/>
+      <c r="C45" s="35"/>
+      <c r="D45" s="35"/>
+      <c r="E45" s="35"/>
+      <c r="F45" s="35"/>
+      <c r="G45" s="35"/>
+      <c r="H45" s="35"/>
+      <c r="I45" s="35"/>
+      <c r="J45" s="15"/>
+      <c r="K45" s="15"/>
+      <c r="L45" s="15"/>
+    </row>
+    <row r="46" spans="1:12" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A46" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="B7" s="48"/>
-[...12 lines deleted...]
-      <c r="A8" s="42" t="s">
+      <c r="B46" s="14" t="s">
+        <v>42</v>
+      </c>
+      <c r="C46" s="27" t="s">
+        <v>43</v>
+      </c>
+      <c r="D46" s="27"/>
+      <c r="E46" s="27" t="s">
+        <v>44</v>
+      </c>
+      <c r="F46" s="27"/>
+      <c r="G46" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="H46" s="27"/>
+      <c r="I46" s="27"/>
+      <c r="J46" s="14">
+        <v>378</v>
+      </c>
+      <c r="K46" s="14">
+        <v>171</v>
+      </c>
+      <c r="L46" s="14">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A47" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="B8" s="48">
-[...21 lines deleted...]
-      <c r="L8" s="48">
+      <c r="B47" s="14"/>
+      <c r="C47" s="27"/>
+      <c r="D47" s="27"/>
+      <c r="E47" s="27"/>
+      <c r="F47" s="27"/>
+      <c r="G47" s="27"/>
+      <c r="H47" s="27"/>
+      <c r="I47" s="27"/>
+      <c r="J47" s="14"/>
+      <c r="K47" s="14"/>
+      <c r="L47" s="14"/>
+    </row>
+    <row r="48" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A48" s="8" t="s">
         <v>7</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" s="42" t="s">
+      <c r="B48" s="14" t="s">
+        <v>45</v>
+      </c>
+      <c r="C48" s="27" t="s">
+        <v>46</v>
+      </c>
+      <c r="D48" s="27"/>
+      <c r="E48" s="27" t="s">
+        <v>47</v>
+      </c>
+      <c r="F48" s="27"/>
+      <c r="G48" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="H48" s="27"/>
+      <c r="I48" s="27"/>
+      <c r="J48" s="14">
+        <v>492</v>
+      </c>
+      <c r="K48" s="14">
+        <v>111</v>
+      </c>
+      <c r="L48" s="14">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A49" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B49" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="C49" s="27" t="s">
+        <v>43</v>
+      </c>
+      <c r="D49" s="27"/>
+      <c r="E49" s="27" t="s">
+        <v>49</v>
+      </c>
+      <c r="F49" s="27"/>
+      <c r="G49" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="H49" s="27"/>
+      <c r="I49" s="27"/>
+      <c r="J49" s="14">
+        <v>463</v>
+      </c>
+      <c r="K49" s="14">
+        <v>68</v>
+      </c>
+      <c r="L49" s="14">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="50" spans="1:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="11" t="s">
+        <v>9</v>
+      </c>
+      <c r="B50" s="12" t="s">
+        <v>50</v>
+      </c>
+      <c r="C50" s="54" t="s">
+        <v>51</v>
+      </c>
+      <c r="D50" s="54"/>
+      <c r="E50" s="54" t="s">
+        <v>49</v>
+      </c>
+      <c r="F50" s="54"/>
+      <c r="G50" s="54" t="s">
+        <v>10</v>
+      </c>
+      <c r="H50" s="54"/>
+      <c r="I50" s="54"/>
+      <c r="J50" s="12">
+        <v>457</v>
+      </c>
+      <c r="K50" s="12">
+        <v>75</v>
+      </c>
+      <c r="L50" s="12">
         <v>7</v>
       </c>
-      <c r="B9" s="48">
-[...113 lines deleted...]
-      <c r="L13" s="48">
+    </row>
+    <row r="52" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A52" s="26"/>
+    </row>
+    <row r="53" spans="1:12" ht="57" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="55" t="s">
+        <v>53</v>
+      </c>
+      <c r="B53" s="55"/>
+      <c r="C53" s="55"/>
+      <c r="D53" s="55"/>
+      <c r="E53" s="55"/>
+      <c r="F53" s="55"/>
+      <c r="G53" s="55"/>
+      <c r="H53" s="55"/>
+      <c r="I53" s="55"/>
+      <c r="J53" s="55"/>
+      <c r="K53" s="55"/>
+      <c r="L53" s="55"/>
+    </row>
+    <row r="54" spans="1:12" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="55" t="s">
+        <v>54</v>
+      </c>
+      <c r="B54" s="55"/>
+      <c r="C54" s="55"/>
+      <c r="D54" s="55"/>
+      <c r="E54" s="55"/>
+      <c r="F54" s="55"/>
+      <c r="G54" s="55"/>
+      <c r="H54" s="55"/>
+      <c r="I54" s="55"/>
+      <c r="J54" s="55"/>
+      <c r="K54" s="55"/>
+      <c r="L54" s="55"/>
+    </row>
+    <row r="55" spans="1:12" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="55" t="s">
+        <v>55</v>
+      </c>
+      <c r="B55" s="55"/>
+      <c r="C55" s="55"/>
+      <c r="D55" s="55"/>
+      <c r="E55" s="55"/>
+      <c r="F55" s="55"/>
+      <c r="G55" s="55"/>
+      <c r="H55" s="55"/>
+      <c r="I55" s="55"/>
+      <c r="J55" s="55"/>
+      <c r="K55" s="55"/>
+      <c r="L55" s="55"/>
+    </row>
+    <row r="56" spans="1:12" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="55" t="s">
+        <v>56</v>
+      </c>
+      <c r="B56" s="55"/>
+      <c r="C56" s="55"/>
+      <c r="D56" s="55"/>
+      <c r="E56" s="55"/>
+      <c r="F56" s="55"/>
+      <c r="G56" s="55"/>
+      <c r="H56" s="55"/>
+      <c r="I56" s="55"/>
+      <c r="J56" s="55"/>
+      <c r="K56" s="55"/>
+      <c r="L56" s="55"/>
+    </row>
+    <row r="57" spans="1:12" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="55" t="s">
+        <v>57</v>
+      </c>
+      <c r="B57" s="55"/>
+      <c r="C57" s="55"/>
+      <c r="D57" s="55"/>
+      <c r="E57" s="55"/>
+      <c r="F57" s="55"/>
+      <c r="G57" s="55"/>
+      <c r="H57" s="55"/>
+      <c r="I57" s="55"/>
+      <c r="J57" s="55"/>
+      <c r="K57" s="55"/>
+      <c r="L57" s="55"/>
+    </row>
+    <row r="58" spans="1:12" ht="54" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="55" t="s">
+        <v>58</v>
+      </c>
+      <c r="B58" s="55"/>
+      <c r="C58" s="55"/>
+      <c r="D58" s="55"/>
+      <c r="E58" s="55"/>
+      <c r="F58" s="55"/>
+      <c r="G58" s="55"/>
+      <c r="H58" s="55"/>
+      <c r="I58" s="55"/>
+      <c r="J58" s="55"/>
+      <c r="K58" s="55"/>
+      <c r="L58" s="55"/>
+    </row>
+    <row r="59" spans="1:12" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="55" t="s">
         <v>59</v>
       </c>
-    </row>
-[...20 lines deleted...]
-      <c r="B15" s="48">
+      <c r="B59" s="55"/>
+      <c r="C59" s="55"/>
+      <c r="D59" s="55"/>
+      <c r="E59" s="55"/>
+      <c r="F59" s="55"/>
+      <c r="G59" s="55"/>
+      <c r="H59" s="55"/>
+      <c r="I59" s="55"/>
+      <c r="J59" s="55"/>
+      <c r="K59" s="55"/>
+      <c r="L59" s="55"/>
+    </row>
+    <row r="60" spans="1:12" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="55" t="s">
         <v>60</v>
       </c>
-      <c r="C15" s="49">
-[...955 lines deleted...]
-      <c r="F59" s="64"/>
+      <c r="B60" s="55"/>
+      <c r="C60" s="55"/>
+      <c r="D60" s="55"/>
+      <c r="E60" s="55"/>
+      <c r="F60" s="55"/>
+      <c r="G60" s="55"/>
+      <c r="H60" s="55"/>
+      <c r="I60" s="55"/>
+      <c r="J60" s="55"/>
+      <c r="K60" s="55"/>
+      <c r="L60" s="55"/>
     </row>
   </sheetData>
-  <mergeCells count="153">
+  <mergeCells count="155">
+    <mergeCell ref="C50:D50"/>
+    <mergeCell ref="E50:F50"/>
+    <mergeCell ref="G50:I50"/>
+    <mergeCell ref="C48:D48"/>
+    <mergeCell ref="E48:F48"/>
+    <mergeCell ref="G48:I48"/>
     <mergeCell ref="C49:D49"/>
     <mergeCell ref="E49:F49"/>
     <mergeCell ref="G49:I49"/>
+    <mergeCell ref="C46:D46"/>
+    <mergeCell ref="E46:F46"/>
+    <mergeCell ref="G46:I46"/>
     <mergeCell ref="C47:D47"/>
     <mergeCell ref="E47:F47"/>
     <mergeCell ref="G47:I47"/>
-    <mergeCell ref="C48:D48"/>
-[...1 lines deleted...]
-    <mergeCell ref="G48:I48"/>
+    <mergeCell ref="C44:D44"/>
+    <mergeCell ref="E44:F44"/>
+    <mergeCell ref="G44:I44"/>
     <mergeCell ref="C45:D45"/>
     <mergeCell ref="E45:F45"/>
     <mergeCell ref="G45:I45"/>
-    <mergeCell ref="C46:D46"/>
-[...1 lines deleted...]
-    <mergeCell ref="G46:I46"/>
+    <mergeCell ref="C42:D42"/>
+    <mergeCell ref="E42:F42"/>
+    <mergeCell ref="G42:I42"/>
     <mergeCell ref="C43:D43"/>
     <mergeCell ref="E43:F43"/>
     <mergeCell ref="G43:I43"/>
-    <mergeCell ref="C44:D44"/>
-[...1 lines deleted...]
-    <mergeCell ref="G44:I44"/>
+    <mergeCell ref="C40:D40"/>
+    <mergeCell ref="E40:F40"/>
+    <mergeCell ref="G40:I40"/>
     <mergeCell ref="C41:D41"/>
     <mergeCell ref="E41:F41"/>
     <mergeCell ref="G41:I41"/>
-    <mergeCell ref="C42:D42"/>
-[...1 lines deleted...]
-    <mergeCell ref="G42:I42"/>
+    <mergeCell ref="C38:D38"/>
+    <mergeCell ref="E38:F38"/>
+    <mergeCell ref="G38:I38"/>
     <mergeCell ref="C39:D39"/>
     <mergeCell ref="E39:F39"/>
     <mergeCell ref="G39:I39"/>
-    <mergeCell ref="C40:D40"/>
-[...1 lines deleted...]
-    <mergeCell ref="G40:I40"/>
+    <mergeCell ref="C36:D36"/>
+    <mergeCell ref="E36:F36"/>
+    <mergeCell ref="G36:I36"/>
     <mergeCell ref="C37:D37"/>
     <mergeCell ref="E37:F37"/>
     <mergeCell ref="G37:I37"/>
-    <mergeCell ref="C38:D38"/>
-[...1 lines deleted...]
-    <mergeCell ref="G38:I38"/>
+    <mergeCell ref="C34:D34"/>
+    <mergeCell ref="E34:F34"/>
+    <mergeCell ref="G34:I34"/>
     <mergeCell ref="C35:D35"/>
     <mergeCell ref="E35:F35"/>
     <mergeCell ref="G35:I35"/>
-    <mergeCell ref="C36:D36"/>
-[...1 lines deleted...]
-    <mergeCell ref="G36:I36"/>
+    <mergeCell ref="C32:D32"/>
+    <mergeCell ref="E32:F32"/>
+    <mergeCell ref="G32:I32"/>
     <mergeCell ref="C33:D33"/>
     <mergeCell ref="E33:F33"/>
     <mergeCell ref="G33:I33"/>
-    <mergeCell ref="C34:D34"/>
-[...1 lines deleted...]
-    <mergeCell ref="G34:I34"/>
+    <mergeCell ref="C30:D30"/>
+    <mergeCell ref="E30:F30"/>
+    <mergeCell ref="G30:I30"/>
     <mergeCell ref="C31:D31"/>
     <mergeCell ref="E31:F31"/>
     <mergeCell ref="G31:I31"/>
-    <mergeCell ref="C32:D32"/>
-[...1 lines deleted...]
-    <mergeCell ref="G32:I32"/>
+    <mergeCell ref="C28:D28"/>
+    <mergeCell ref="E28:F28"/>
+    <mergeCell ref="G28:I28"/>
     <mergeCell ref="C29:D29"/>
     <mergeCell ref="E29:F29"/>
     <mergeCell ref="G29:I29"/>
-    <mergeCell ref="C30:D30"/>
-[...1 lines deleted...]
-    <mergeCell ref="G30:I30"/>
+    <mergeCell ref="C26:D26"/>
+    <mergeCell ref="E26:F26"/>
+    <mergeCell ref="G26:I26"/>
     <mergeCell ref="C27:D27"/>
     <mergeCell ref="E27:F27"/>
     <mergeCell ref="G27:I27"/>
-    <mergeCell ref="C28:D28"/>
-[...1 lines deleted...]
-    <mergeCell ref="G28:I28"/>
+    <mergeCell ref="C24:D24"/>
+    <mergeCell ref="E24:F24"/>
+    <mergeCell ref="G24:I24"/>
     <mergeCell ref="C25:D25"/>
     <mergeCell ref="E25:F25"/>
     <mergeCell ref="G25:I25"/>
-    <mergeCell ref="C26:D26"/>
-[...1 lines deleted...]
-    <mergeCell ref="G26:I26"/>
+    <mergeCell ref="C22:D22"/>
+    <mergeCell ref="E22:F22"/>
+    <mergeCell ref="G22:I22"/>
     <mergeCell ref="C23:D23"/>
     <mergeCell ref="E23:F23"/>
     <mergeCell ref="G23:I23"/>
-    <mergeCell ref="C24:D24"/>
-[...1 lines deleted...]
-    <mergeCell ref="G24:I24"/>
+    <mergeCell ref="C20:D20"/>
+    <mergeCell ref="E20:F20"/>
+    <mergeCell ref="G20:I20"/>
     <mergeCell ref="C21:D21"/>
     <mergeCell ref="E21:F21"/>
     <mergeCell ref="G21:I21"/>
-    <mergeCell ref="C22:D22"/>
-[...1 lines deleted...]
-    <mergeCell ref="G22:I22"/>
+    <mergeCell ref="C18:D18"/>
+    <mergeCell ref="E18:F18"/>
+    <mergeCell ref="G18:I18"/>
     <mergeCell ref="C19:D19"/>
     <mergeCell ref="E19:F19"/>
     <mergeCell ref="G19:I19"/>
-    <mergeCell ref="C20:D20"/>
-[...1 lines deleted...]
-    <mergeCell ref="G20:I20"/>
+    <mergeCell ref="C16:D16"/>
+    <mergeCell ref="E16:F16"/>
+    <mergeCell ref="G16:I16"/>
+    <mergeCell ref="C17:D17"/>
+    <mergeCell ref="E17:F17"/>
+    <mergeCell ref="G17:I17"/>
+    <mergeCell ref="G8:I8"/>
+    <mergeCell ref="C9:D9"/>
+    <mergeCell ref="E9:F9"/>
+    <mergeCell ref="G9:I9"/>
+    <mergeCell ref="C14:D14"/>
+    <mergeCell ref="E14:F14"/>
+    <mergeCell ref="G14:I14"/>
+    <mergeCell ref="C15:D15"/>
+    <mergeCell ref="E15:F15"/>
+    <mergeCell ref="G15:I15"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="E12:F12"/>
     <mergeCell ref="G12:I12"/>
-    <mergeCell ref="C17:D17"/>
-[...10 lines deleted...]
-    <mergeCell ref="G16:I16"/>
+    <mergeCell ref="C13:D13"/>
+    <mergeCell ref="E13:F13"/>
+    <mergeCell ref="G13:I13"/>
+    <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:L1"/>
-    <mergeCell ref="A2:A4"/>
-[...2 lines deleted...]
-    <mergeCell ref="E2:F2"/>
+    <mergeCell ref="B2:L2"/>
+    <mergeCell ref="A3:A5"/>
+    <mergeCell ref="B3:B5"/>
+    <mergeCell ref="C3:D5"/>
     <mergeCell ref="E3:F3"/>
     <mergeCell ref="E4:F4"/>
-    <mergeCell ref="G2:I4"/>
-[...6 lines deleted...]
-    <mergeCell ref="I5:J5"/>
+    <mergeCell ref="E5:F5"/>
+    <mergeCell ref="G3:I5"/>
+    <mergeCell ref="A53:L53"/>
+    <mergeCell ref="A54:L54"/>
+    <mergeCell ref="A55:L55"/>
+    <mergeCell ref="A56:L56"/>
+    <mergeCell ref="A57:L57"/>
+    <mergeCell ref="A58:L58"/>
+    <mergeCell ref="A59:L59"/>
+    <mergeCell ref="A60:L60"/>
+    <mergeCell ref="B6:C6"/>
+    <mergeCell ref="D6:E6"/>
+    <mergeCell ref="F6:G6"/>
+    <mergeCell ref="I6:J6"/>
+    <mergeCell ref="K6:L6"/>
     <mergeCell ref="C7:D7"/>
     <mergeCell ref="E7:F7"/>
     <mergeCell ref="G7:I7"/>
-    <mergeCell ref="C8:D8"/>
-[...13 lines deleted...]
-    <mergeCell ref="G6:I6"/>
     <mergeCell ref="C10:D10"/>
     <mergeCell ref="E10:F10"/>
     <mergeCell ref="G10:I10"/>
-    <mergeCell ref="C13:D13"/>
-[...4 lines deleted...]
-    <mergeCell ref="G14:I14"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="E11:F11"/>
     <mergeCell ref="G11:I11"/>
+    <mergeCell ref="C8:D8"/>
+    <mergeCell ref="E8:F8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
-  <drawing r:id="rId2"/>
+  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Именованные диапазоны</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>