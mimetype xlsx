--- v0 (2025-12-26)
+++ v1 (2026-03-18)
@@ -49,53 +49,53 @@
   <Override PartName="/xl/worksheets/sheet41.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet42.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24332"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\ТРАНСПОРТ\Мониторинг по ИКТ\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C488185D-7C93-46D1-99E0-656C6772E98F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9BAF50FB-FEBD-46B3-A1B0-A286FDD0500F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="905" xr2:uid="{ED13914C-FB38-421E-B5EA-4AB5BADD5155}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="905" activeTab="16" xr2:uid="{ED13914C-FB38-421E-B5EA-4AB5BADD5155}"/>
   </bookViews>
   <sheets>
     <sheet name="Обложка" sheetId="1" r:id="rId1"/>
     <sheet name="Аннотация" sheetId="58" r:id="rId2"/>
     <sheet name="Содержание " sheetId="51" r:id="rId3"/>
     <sheet name="Методология" sheetId="74" r:id="rId4"/>
     <sheet name="1" sheetId="49" r:id="rId5"/>
     <sheet name="2" sheetId="3" r:id="rId6"/>
     <sheet name="3" sheetId="69" r:id="rId7"/>
     <sheet name="4" sheetId="39" r:id="rId8"/>
     <sheet name="5" sheetId="13" r:id="rId9"/>
     <sheet name="6" sheetId="63" r:id="rId10"/>
     <sheet name="7" sheetId="68" r:id="rId11"/>
     <sheet name="8" sheetId="46" r:id="rId12"/>
     <sheet name="9" sheetId="40" r:id="rId13"/>
     <sheet name="10" sheetId="38" r:id="rId14"/>
     <sheet name="11" sheetId="55" r:id="rId15"/>
     <sheet name="12" sheetId="5" r:id="rId16"/>
     <sheet name="13" sheetId="9" r:id="rId17"/>
     <sheet name="14" sheetId="42" r:id="rId18"/>
     <sheet name="15" sheetId="11" r:id="rId19"/>
     <sheet name="16" sheetId="65" r:id="rId20"/>
     <sheet name="17" sheetId="15" r:id="rId21"/>
     <sheet name="18" sheetId="14" r:id="rId22"/>
     <sheet name="19" sheetId="17" r:id="rId23"/>
@@ -160,51 +160,51 @@
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C57" i="42" l="1"/>
   <c r="D57" i="42"/>
   <c r="E57" i="42"/>
   <c r="F57" i="42"/>
   <c r="B57" i="42"/>
   <c r="C53" i="42"/>
   <c r="D53" i="42"/>
   <c r="E53" i="42"/>
   <c r="F53" i="42"/>
   <c r="B53" i="42"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2874" uniqueCount="531">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2872" uniqueCount="531">
   <si>
     <t>Доходы от услуг телекоммуникационной деятельности</t>
   </si>
   <si>
     <t>Revenue from telecommunication services</t>
   </si>
   <si>
     <t>МЕЖГОСУДАРСТВЕННЫЙ СТАТИСТИЧЕСКИЙ КОМИТЕТ</t>
   </si>
   <si>
     <t>СОДРУЖЕСТВА НЕЗАВИСИМЫХ ГОСУДАРСТВ</t>
   </si>
   <si>
     <t>INTERSTATE STATISTICAL COMMITTEE OF THE</t>
   </si>
   <si>
     <t>COMMONWEALTH OF INDEPENDENT STATES</t>
   </si>
   <si>
     <t xml:space="preserve">     </t>
   </si>
   <si>
     <t xml:space="preserve">         </t>
   </si>
   <si>
@@ -7301,80 +7301,50 @@
         <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
       <t>Kazakhstan</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
       </rPr>
       <t>¹</t>
-    </r>
-[...28 lines deleted...]
-      <t>³</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
       </rPr>
       <t>² Р</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <charset val="204"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">асчеты ИСИЭЗ НИУ ВШЭ по данным Росстата. https://issek.hse.ru/
 </t>
     </r>
     <r>
       <rPr>
@@ -9166,50 +9136,80 @@
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> is defined as the totality of economic activities related to the production of goods and provision of services designed to perform (or enable) the function of processing information and communicating using electronic means, including the transmission and display of information. This collective grouping, based on the International Standard Industrial Classification of All Economic Activities (ISIC Rev. 4), includes the following economic activities:
 ICT manufacturing industries
 • 2610 Manufacture of electronic components
 • 2620 Manufacture of computers and peripheral equipment
 • 2630 Manufacture of communication equipment
 • 2640 Manufacture of consumer electronics
 • 2680 Manufacture of magnetic and optical media
 ICT trade industries
 • 4651 Wholesale of computers, computer peripheral equipment and software
 • 4652 Wholesale of electronic and telecommunication equipment and parts
 ICT services industries
 • 5820 Software publishing
 • 6110 Wired telecommunications activities
 • 6120 Wireless telecommunications activities 
 • 6130 Satellite telecommunications activities 
 • 6190 Other telecommunications activities 
 • 6201 Computer programming activities 
 • 6202 Computer consultancy and computer facilities management activities 
 • 6209 Other information technology and computer service activities 
 • 6311 Data processing, hosting and related activities 
 • 6312 Web portals 
 • 9511 Repair of computers and peripheral equipment 
 • 9512 Repair of communication equipment.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>7194,0</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="204"/>
+      </rPr>
+      <t>³</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>3,9</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <charset val="204"/>
+      </rPr>
+      <t>³</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="0.0"/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
     <numFmt numFmtId="166" formatCode="0.0000"/>
   </numFmts>
   <fonts count="100" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
@@ -12986,101 +12986,101 @@
     <xf numFmtId="0" fontId="11" fillId="0" borderId="108" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="10" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="20" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="2" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="102" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="49" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="41" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="32" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="109" xfId="2" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="57" fillId="0" borderId="15" xfId="36" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="96" fillId="0" borderId="0" xfId="41" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="96" fillId="0" borderId="0" xfId="41" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="96" fillId="0" borderId="0" xfId="41" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="96" fillId="0" borderId="0" xfId="41" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="96" fillId="0" borderId="0" xfId="41" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="96" fillId="0" borderId="0" xfId="41" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="96" fillId="0" borderId="0" xfId="41" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" wrapText="1"/>
+    <xf numFmtId="0" fontId="96" fillId="0" borderId="0" xfId="41" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="96" fillId="0" borderId="0" xfId="41" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...16 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="54" fillId="0" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="51" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="50" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="63" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="22" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="57" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -13160,67 +13160,67 @@
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="51" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="50" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="106" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="50" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="51" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="50" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="63" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="63" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="63" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="32" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="60" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="61" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="23" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
@@ -14001,438 +14001,438 @@
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{57957957-8025-4A96-A33B-7F97C9C9D944}">
   <dimension ref="A3:I42"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A7" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+    <sheetView topLeftCell="A7" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="A15" sqref="A15:I15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="16384" width="9.140625" style="99"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A3" s="613" t="s">
+      <c r="A3" s="615" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="613"/>
-[...6 lines deleted...]
-      <c r="I3" s="613"/>
+      <c r="B3" s="615"/>
+      <c r="C3" s="615"/>
+      <c r="D3" s="615"/>
+      <c r="E3" s="615"/>
+      <c r="F3" s="615"/>
+      <c r="G3" s="615"/>
+      <c r="H3" s="615"/>
+      <c r="I3" s="615"/>
     </row>
     <row r="4" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A4" s="613" t="s">
+      <c r="A4" s="615" t="s">
         <v>3</v>
       </c>
-      <c r="B4" s="613"/>
-[...6 lines deleted...]
-      <c r="I4" s="613"/>
+      <c r="B4" s="615"/>
+      <c r="C4" s="615"/>
+      <c r="D4" s="615"/>
+      <c r="E4" s="615"/>
+      <c r="F4" s="615"/>
+      <c r="G4" s="615"/>
+      <c r="H4" s="615"/>
+      <c r="I4" s="615"/>
     </row>
     <row r="5" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" s="2"/>
     </row>
     <row r="6" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A6" s="613" t="s">
+      <c r="A6" s="615" t="s">
         <v>4</v>
       </c>
-      <c r="B6" s="613"/>
-[...6 lines deleted...]
-      <c r="I6" s="613"/>
+      <c r="B6" s="615"/>
+      <c r="C6" s="615"/>
+      <c r="D6" s="615"/>
+      <c r="E6" s="615"/>
+      <c r="F6" s="615"/>
+      <c r="G6" s="615"/>
+      <c r="H6" s="615"/>
+      <c r="I6" s="615"/>
     </row>
     <row r="7" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A7" s="613" t="s">
+      <c r="A7" s="615" t="s">
         <v>5</v>
       </c>
-      <c r="B7" s="613"/>
-[...6 lines deleted...]
-      <c r="I7" s="613"/>
+      <c r="B7" s="615"/>
+      <c r="C7" s="615"/>
+      <c r="D7" s="615"/>
+      <c r="E7" s="615"/>
+      <c r="F7" s="615"/>
+      <c r="G7" s="615"/>
+      <c r="H7" s="615"/>
+      <c r="I7" s="615"/>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8" s="3"/>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9" s="3"/>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A10" s="3"/>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A11" s="3"/>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A12" s="3"/>
     </row>
     <row r="13" spans="1:9" ht="18" x14ac:dyDescent="0.25">
-      <c r="A13" s="612" t="s">
+      <c r="A13" s="613" t="s">
         <v>13</v>
       </c>
-      <c r="B13" s="612"/>
-[...6 lines deleted...]
-      <c r="I13" s="612"/>
+      <c r="B13" s="613"/>
+      <c r="C13" s="613"/>
+      <c r="D13" s="613"/>
+      <c r="E13" s="613"/>
+      <c r="F13" s="613"/>
+      <c r="G13" s="613"/>
+      <c r="H13" s="613"/>
+      <c r="I13" s="613"/>
     </row>
     <row r="14" spans="1:9" ht="18" x14ac:dyDescent="0.25">
-      <c r="A14" s="612" t="s">
+      <c r="A14" s="613" t="s">
         <v>14</v>
       </c>
-      <c r="B14" s="612"/>
-[...6 lines deleted...]
-      <c r="I14" s="612"/>
+      <c r="B14" s="613"/>
+      <c r="C14" s="613"/>
+      <c r="D14" s="613"/>
+      <c r="E14" s="613"/>
+      <c r="F14" s="613"/>
+      <c r="G14" s="613"/>
+      <c r="H14" s="613"/>
+      <c r="I14" s="613"/>
     </row>
     <row r="15" spans="1:9" ht="18" x14ac:dyDescent="0.25">
-      <c r="A15" s="612" t="s">
-[...9 lines deleted...]
-      <c r="I15" s="612"/>
+      <c r="A15" s="613" t="s">
+        <v>400</v>
+      </c>
+      <c r="B15" s="613"/>
+      <c r="C15" s="613"/>
+      <c r="D15" s="613"/>
+      <c r="E15" s="613"/>
+      <c r="F15" s="613"/>
+      <c r="G15" s="613"/>
+      <c r="H15" s="613"/>
+      <c r="I15" s="613"/>
     </row>
     <row r="16" spans="1:9" ht="18" x14ac:dyDescent="0.25">
-      <c r="A16" s="612" t="s">
-[...9 lines deleted...]
-      <c r="I16" s="612"/>
+      <c r="A16" s="613" t="s">
+        <v>401</v>
+      </c>
+      <c r="B16" s="613"/>
+      <c r="C16" s="613"/>
+      <c r="D16" s="613"/>
+      <c r="E16" s="613"/>
+      <c r="F16" s="613"/>
+      <c r="G16" s="613"/>
+      <c r="H16" s="613"/>
+      <c r="I16" s="613"/>
     </row>
     <row r="17" spans="1:9" ht="18" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="18" x14ac:dyDescent="0.25">
       <c r="A18" s="4"/>
     </row>
     <row r="19" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="615" t="s">
-[...9 lines deleted...]
-      <c r="I19" s="615"/>
+      <c r="A19" s="614" t="s">
+        <v>402</v>
+      </c>
+      <c r="B19" s="614"/>
+      <c r="C19" s="614"/>
+      <c r="D19" s="614"/>
+      <c r="E19" s="614"/>
+      <c r="F19" s="614"/>
+      <c r="G19" s="614"/>
+      <c r="H19" s="614"/>
+      <c r="I19" s="614"/>
     </row>
     <row r="20" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="612" t="s">
-[...9 lines deleted...]
-      <c r="I20" s="612"/>
+      <c r="A20" s="613" t="s">
+        <v>403</v>
+      </c>
+      <c r="B20" s="613"/>
+      <c r="C20" s="613"/>
+      <c r="D20" s="613"/>
+      <c r="E20" s="613"/>
+      <c r="F20" s="613"/>
+      <c r="G20" s="613"/>
+      <c r="H20" s="613"/>
+      <c r="I20" s="613"/>
     </row>
     <row r="21" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="612" t="s">
+      <c r="A21" s="613" t="s">
         <v>76</v>
       </c>
-      <c r="B21" s="612"/>
-[...6 lines deleted...]
-      <c r="I21" s="612"/>
+      <c r="B21" s="613"/>
+      <c r="C21" s="613"/>
+      <c r="D21" s="613"/>
+      <c r="E21" s="613"/>
+      <c r="F21" s="613"/>
+      <c r="G21" s="613"/>
+      <c r="H21" s="613"/>
+      <c r="I21" s="613"/>
     </row>
     <row r="22" spans="1:9" ht="18" x14ac:dyDescent="0.25">
-      <c r="A22" s="612" t="s">
-[...9 lines deleted...]
-      <c r="I22" s="612"/>
+      <c r="A22" s="613" t="s">
+        <v>401</v>
+      </c>
+      <c r="B22" s="613"/>
+      <c r="C22" s="613"/>
+      <c r="D22" s="613"/>
+      <c r="E22" s="613"/>
+      <c r="F22" s="613"/>
+      <c r="G22" s="613"/>
+      <c r="H22" s="613"/>
+      <c r="I22" s="613"/>
     </row>
     <row r="23" spans="1:9" ht="18" x14ac:dyDescent="0.25">
       <c r="A23" s="4"/>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="4"/>
       <c r="E23" s="4"/>
       <c r="F23" s="4"/>
       <c r="G23" s="4"/>
       <c r="H23" s="4"/>
       <c r="I23" s="4"/>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A24" s="3"/>
     </row>
     <row r="25" spans="1:9" ht="18" x14ac:dyDescent="0.25">
       <c r="A25" s="4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="3"/>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A27" s="3"/>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="3"/>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="3"/>
     </row>
     <row r="30" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A30" s="561"/>
     </row>
     <row r="31" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A31" s="613" t="s">
+      <c r="A31" s="615" t="s">
         <v>8</v>
       </c>
-      <c r="B31" s="613"/>
-[...6 lines deleted...]
-      <c r="I31" s="613"/>
+      <c r="B31" s="615"/>
+      <c r="C31" s="615"/>
+      <c r="D31" s="615"/>
+      <c r="E31" s="615"/>
+      <c r="F31" s="615"/>
+      <c r="G31" s="615"/>
+      <c r="H31" s="615"/>
+      <c r="I31" s="615"/>
     </row>
     <row r="32" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A32" s="613" t="s">
+      <c r="A32" s="615" t="s">
         <v>9</v>
       </c>
-      <c r="B32" s="613"/>
-[...6 lines deleted...]
-      <c r="I32" s="613"/>
+      <c r="B32" s="615"/>
+      <c r="C32" s="615"/>
+      <c r="D32" s="615"/>
+      <c r="E32" s="615"/>
+      <c r="F32" s="615"/>
+      <c r="G32" s="615"/>
+      <c r="H32" s="615"/>
+      <c r="I32" s="615"/>
     </row>
     <row r="33" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A33" s="5"/>
     </row>
     <row r="34" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A34" s="5"/>
     </row>
     <row r="35" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A35" s="5"/>
     </row>
     <row r="36" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A36" s="5"/>
     </row>
     <row r="37" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A37" s="5"/>
     </row>
     <row r="38" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A38" s="5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A39" s="614" t="s">
+      <c r="A39" s="612" t="s">
         <v>11</v>
       </c>
-      <c r="B39" s="614"/>
-[...6 lines deleted...]
-      <c r="I39" s="614"/>
+      <c r="B39" s="612"/>
+      <c r="C39" s="612"/>
+      <c r="D39" s="612"/>
+      <c r="E39" s="612"/>
+      <c r="F39" s="612"/>
+      <c r="G39" s="612"/>
+      <c r="H39" s="612"/>
+      <c r="I39" s="612"/>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A40" s="614" t="s">
+      <c r="A40" s="612" t="s">
         <v>12</v>
       </c>
-      <c r="B40" s="614"/>
-[...6 lines deleted...]
-      <c r="I40" s="614"/>
+      <c r="B40" s="612"/>
+      <c r="C40" s="612"/>
+      <c r="D40" s="612"/>
+      <c r="E40" s="612"/>
+      <c r="F40" s="612"/>
+      <c r="G40" s="612"/>
+      <c r="H40" s="612"/>
+      <c r="I40" s="612"/>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="135"/>
       <c r="B41" s="133"/>
       <c r="C41" s="133"/>
       <c r="D41" s="133"/>
       <c r="E41" s="133"/>
       <c r="F41" s="133"/>
       <c r="G41" s="133"/>
       <c r="H41" s="133"/>
       <c r="I41" s="133"/>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A42" s="614">
+      <c r="A42" s="612">
         <v>2025</v>
       </c>
-      <c r="B42" s="614"/>
-[...6 lines deleted...]
-      <c r="I42" s="614"/>
+      <c r="B42" s="612"/>
+      <c r="C42" s="612"/>
+      <c r="D42" s="612"/>
+      <c r="E42" s="612"/>
+      <c r="F42" s="612"/>
+      <c r="G42" s="612"/>
+      <c r="H42" s="612"/>
+      <c r="I42" s="612"/>
     </row>
   </sheetData>
   <mergeCells count="17">
+    <mergeCell ref="A14:I14"/>
+    <mergeCell ref="A3:I3"/>
+    <mergeCell ref="A4:I4"/>
+    <mergeCell ref="A6:I6"/>
+    <mergeCell ref="A7:I7"/>
+    <mergeCell ref="A13:I13"/>
     <mergeCell ref="A42:I42"/>
     <mergeCell ref="A15:I15"/>
     <mergeCell ref="A16:I16"/>
     <mergeCell ref="A19:I19"/>
     <mergeCell ref="A20:I20"/>
     <mergeCell ref="A21:I21"/>
     <mergeCell ref="A31:I31"/>
     <mergeCell ref="A32:I32"/>
     <mergeCell ref="A39:I39"/>
     <mergeCell ref="A40:I40"/>
     <mergeCell ref="A22:I22"/>
-    <mergeCell ref="A14:I14"/>
-[...4 lines deleted...]
-    <mergeCell ref="A13:I13"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7904E642-5CEB-463E-BBF4-B83E57E3CFF5}">
   <dimension ref="A1:K44"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="K45" sqref="K45"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="22.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="630" t="s">
         <v>244</v>
       </c>
       <c r="B1" s="630"/>
       <c r="C1" s="630"/>
       <c r="D1" s="630"/>
       <c r="E1" s="630"/>
       <c r="F1" s="630"/>
       <c r="G1" s="630"/>
       <c r="H1" s="85"/>
       <c r="I1" s="85"/>
     </row>
     <row r="2" spans="1:11" s="99" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="395" t="s">
         <v>38</v>
       </c>
       <c r="B2" s="361"/>
       <c r="C2" s="361"/>
       <c r="D2" s="361"/>
       <c r="E2" s="361"/>
       <c r="F2" s="361"/>
       <c r="G2" s="361"/>
       <c r="H2" s="134"/>
       <c r="I2" s="134"/>
     </row>
     <row r="3" spans="1:11" s="99" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="653" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="B3" s="653"/>
       <c r="C3" s="653"/>
       <c r="D3" s="653"/>
       <c r="E3" s="653"/>
       <c r="F3" s="653"/>
       <c r="G3" s="653"/>
       <c r="H3" s="394"/>
       <c r="I3" s="394"/>
     </row>
     <row r="4" spans="1:11" s="99" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A4" s="650" t="s">
         <v>39</v>
       </c>
       <c r="B4" s="650"/>
       <c r="C4" s="650"/>
       <c r="D4" s="650"/>
       <c r="E4" s="650"/>
       <c r="F4" s="650"/>
       <c r="G4" s="650"/>
       <c r="H4" s="650"/>
       <c r="I4" s="650"/>
     </row>
     <row r="5" spans="1:11" x14ac:dyDescent="0.25">
       <c r="I5" s="100"/>
@@ -14441,51 +14441,51 @@
       <c r="A6" s="114"/>
       <c r="B6" s="347">
         <v>2020</v>
       </c>
       <c r="C6" s="116">
         <v>2021</v>
       </c>
       <c r="D6" s="116">
         <v>2022</v>
       </c>
       <c r="E6" s="116">
         <v>2023</v>
       </c>
       <c r="F6" s="346">
         <v>2024</v>
       </c>
       <c r="G6" s="100"/>
       <c r="H6" s="100"/>
       <c r="I6" s="100"/>
       <c r="J6" s="100"/>
       <c r="K6" s="100"/>
     </row>
     <row r="7" spans="1:11" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="359"/>
       <c r="B7" s="654" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
       <c r="C7" s="654"/>
       <c r="D7" s="654"/>
       <c r="E7" s="654"/>
       <c r="F7" s="654"/>
       <c r="G7" s="100"/>
       <c r="H7" s="100"/>
       <c r="I7" s="100"/>
     </row>
     <row r="8" spans="1:11" s="99" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="358"/>
       <c r="B8" s="656" t="s">
         <v>246</v>
       </c>
       <c r="C8" s="655"/>
       <c r="D8" s="655"/>
       <c r="E8" s="655"/>
       <c r="F8" s="655"/>
     </row>
     <row r="9" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="A9" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="393">
         <v>52.5</v>
@@ -14669,51 +14669,51 @@
       <c r="H17" s="100"/>
     </row>
     <row r="18" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="A18" s="66" t="s">
         <v>24</v>
       </c>
       <c r="B18" s="392">
         <v>18.2</v>
       </c>
       <c r="C18" s="427">
         <v>17.5</v>
       </c>
       <c r="D18" s="427">
         <v>22.3</v>
       </c>
       <c r="E18" s="392">
         <v>28.8</v>
       </c>
       <c r="F18" s="427">
         <v>37.6</v>
       </c>
     </row>
     <row r="19" spans="1:11" s="99" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="17"/>
       <c r="B19" s="657" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="C19" s="658"/>
       <c r="D19" s="658"/>
       <c r="E19" s="658"/>
       <c r="F19" s="658"/>
       <c r="G19" s="100"/>
       <c r="K19" s="293"/>
     </row>
     <row r="20" spans="1:11" s="99" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="137"/>
       <c r="B20" s="659" t="s">
         <v>245</v>
       </c>
       <c r="C20" s="660"/>
       <c r="D20" s="660"/>
       <c r="E20" s="660"/>
       <c r="F20" s="660"/>
     </row>
     <row r="21" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="A21" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B21" s="27">
         <v>9.9</v>
       </c>
@@ -15120,51 +15120,51 @@
       <c r="G41" s="100"/>
       <c r="H41" s="100"/>
     </row>
     <row r="42" spans="1:8" ht="30" x14ac:dyDescent="0.25">
       <c r="A42" s="66" t="s">
         <v>24</v>
       </c>
       <c r="B42" s="436" t="s">
         <v>106</v>
       </c>
       <c r="C42" s="392" t="s">
         <v>106</v>
       </c>
       <c r="D42" s="392" t="s">
         <v>106</v>
       </c>
       <c r="E42" s="392" t="s">
         <v>106</v>
       </c>
       <c r="F42" s="392" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="44" spans="1:8" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="629" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="B44" s="629"/>
       <c r="C44" s="629"/>
       <c r="D44" s="629"/>
       <c r="E44" s="629"/>
       <c r="F44" s="629"/>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="A44:F44"/>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="B31:F31"/>
     <mergeCell ref="B32:F32"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
     <mergeCell ref="B19:F19"/>
     <mergeCell ref="B20:F20"/>
     <mergeCell ref="A4:I4"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.43307086614173229" bottom="0.19685039370078741" header="0.82677165354330717" footer="0.15748031496062992"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="30" max="16383" man="1"/>
   </rowBreaks>
@@ -15219,51 +15219,51 @@
     <row r="4" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A4" s="195"/>
       <c r="B4" s="191">
         <v>2020</v>
       </c>
       <c r="C4" s="192">
         <v>2021</v>
       </c>
       <c r="D4" s="192">
         <v>2022</v>
       </c>
       <c r="E4" s="192">
         <v>2023</v>
       </c>
       <c r="F4" s="193">
         <v>2024</v>
       </c>
       <c r="G4" s="194"/>
       <c r="H4" s="194"/>
       <c r="I4" s="194"/>
       <c r="J4" s="194"/>
     </row>
     <row r="5" spans="1:13" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="396"/>
       <c r="B5" s="662" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="C5" s="663"/>
       <c r="D5" s="663"/>
       <c r="E5" s="663"/>
       <c r="F5" s="663"/>
       <c r="G5" s="194"/>
       <c r="H5" s="194"/>
       <c r="I5" s="194"/>
       <c r="J5" s="194"/>
     </row>
     <row r="6" spans="1:13" ht="30" x14ac:dyDescent="0.25">
       <c r="A6" s="196" t="s">
         <v>15</v>
       </c>
       <c r="B6" s="144">
         <v>20.5</v>
       </c>
       <c r="C6" s="139">
         <v>21.1</v>
       </c>
       <c r="D6" s="139">
         <v>22.5</v>
       </c>
       <c r="E6" s="139">
         <v>23.5</v>
@@ -15871,102 +15871,102 @@
         <v>180</v>
       </c>
       <c r="B6" s="374" t="s">
         <v>106</v>
       </c>
       <c r="C6" s="374" t="s">
         <v>106</v>
       </c>
       <c r="D6" s="374" t="s">
         <v>106</v>
       </c>
       <c r="E6" s="374" t="s">
         <v>106</v>
       </c>
       <c r="F6" s="374" t="s">
         <v>106</v>
       </c>
       <c r="G6" s="11"/>
       <c r="H6" s="142"/>
       <c r="I6" s="141"/>
       <c r="J6" s="11"/>
       <c r="K6" s="12"/>
     </row>
     <row r="7" spans="1:14" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="199" t="s">
-        <v>527</v>
+        <v>525</v>
       </c>
       <c r="B7" s="331">
         <v>528517</v>
       </c>
       <c r="C7" s="331">
         <v>596745</v>
       </c>
       <c r="D7" s="331">
         <v>797203</v>
       </c>
       <c r="E7" s="397">
         <v>915019</v>
       </c>
       <c r="F7" s="331">
         <v>922690</v>
       </c>
       <c r="G7" s="12"/>
       <c r="H7" s="12"/>
       <c r="I7" s="11"/>
       <c r="J7" s="11"/>
       <c r="K7" s="11"/>
       <c r="N7" s="44"/>
     </row>
     <row r="8" spans="1:14" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="201" t="s">
         <v>181</v>
       </c>
       <c r="B8" s="398">
         <v>4119.8999999999996</v>
       </c>
       <c r="C8" s="207">
         <v>4709.3999999999996</v>
       </c>
       <c r="D8" s="207">
         <v>5042.5</v>
       </c>
       <c r="E8" s="207">
         <v>5314.6</v>
       </c>
       <c r="F8" s="207">
         <v>5661.8</v>
       </c>
       <c r="G8" s="11"/>
       <c r="H8" s="141"/>
       <c r="I8" s="141"/>
       <c r="J8" s="11"/>
       <c r="K8" s="11"/>
     </row>
     <row r="9" spans="1:14" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="199" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="B9" s="374">
         <v>298204</v>
       </c>
       <c r="C9" s="374">
         <v>345511</v>
       </c>
       <c r="D9" s="374">
         <v>445830</v>
       </c>
       <c r="E9" s="374">
         <v>612497</v>
       </c>
       <c r="F9" s="374">
         <v>751412</v>
       </c>
       <c r="G9" s="11"/>
       <c r="H9" s="11"/>
       <c r="I9" s="11"/>
       <c r="J9" s="11"/>
       <c r="K9" s="11"/>
     </row>
     <row r="10" spans="1:14" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="201" t="s">
         <v>182</v>
@@ -16047,51 +16047,51 @@
         <v>185</v>
       </c>
       <c r="B13" s="419" t="s">
         <v>106</v>
       </c>
       <c r="C13" s="420" t="s">
         <v>106</v>
       </c>
       <c r="D13" s="420" t="s">
         <v>106</v>
       </c>
       <c r="E13" s="420" t="s">
         <v>106</v>
       </c>
       <c r="F13" s="420" t="s">
         <v>106</v>
       </c>
       <c r="G13" s="11"/>
       <c r="H13" s="11"/>
       <c r="I13" s="11"/>
       <c r="J13" s="11"/>
       <c r="K13" s="11"/>
     </row>
     <row r="14" spans="1:14" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="201" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
       <c r="B14" s="402" t="s">
         <v>106</v>
       </c>
       <c r="C14" s="298" t="s">
         <v>106</v>
       </c>
       <c r="D14" s="279" t="s">
         <v>106</v>
       </c>
       <c r="E14" s="279" t="s">
         <v>106</v>
       </c>
       <c r="F14" s="279" t="s">
         <v>106</v>
       </c>
       <c r="G14" s="11"/>
       <c r="H14" s="11"/>
       <c r="I14" s="11"/>
       <c r="J14" s="11"/>
     </row>
     <row r="15" spans="1:14" ht="30" x14ac:dyDescent="0.25">
       <c r="A15" s="17" t="s">
         <v>21</v>
       </c>
@@ -16728,92 +16728,92 @@
       <c r="E3" s="631"/>
       <c r="F3" s="631"/>
     </row>
     <row r="4" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A4" s="650" t="s">
         <v>252</v>
       </c>
       <c r="B4" s="650"/>
       <c r="C4" s="650"/>
       <c r="D4" s="650"/>
       <c r="E4" s="650"/>
       <c r="F4" s="650"/>
       <c r="G4" s="10"/>
       <c r="H4" s="10"/>
       <c r="I4" s="10"/>
       <c r="J4" s="10"/>
     </row>
     <row r="5" spans="1:11" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="G5" s="86"/>
       <c r="H5" s="86"/>
       <c r="I5" s="86"/>
       <c r="J5" s="86"/>
     </row>
     <row r="6" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A6" s="300"/>
-      <c r="B6" s="670" t="s">
+      <c r="B6" s="674" t="s">
         <v>198</v>
       </c>
       <c r="C6" s="667"/>
-      <c r="D6" s="671"/>
-      <c r="E6" s="670" t="s">
+      <c r="D6" s="675"/>
+      <c r="E6" s="674" t="s">
         <v>199</v>
       </c>
       <c r="F6" s="667"/>
-      <c r="G6" s="671"/>
-      <c r="H6" s="670" t="s">
+      <c r="G6" s="675"/>
+      <c r="H6" s="674" t="s">
         <v>200</v>
       </c>
       <c r="I6" s="667"/>
       <c r="J6" s="667"/>
       <c r="K6" s="100"/>
     </row>
     <row r="7" spans="1:11" s="99" customFormat="1" ht="95.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="438"/>
       <c r="B7" s="447" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="C7" s="448" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="D7" s="447" t="s">
         <v>251</v>
       </c>
       <c r="E7" s="447" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="F7" s="448" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="G7" s="447" t="s">
         <v>251</v>
       </c>
       <c r="H7" s="447" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="I7" s="448" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="J7" s="449" t="s">
         <v>251</v>
       </c>
       <c r="K7" s="100"/>
     </row>
     <row r="8" spans="1:11" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="301" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="439">
         <v>75.8</v>
       </c>
       <c r="C8" s="210">
         <v>82.1</v>
       </c>
       <c r="D8" s="442">
         <v>79</v>
       </c>
       <c r="E8" s="439">
         <v>77.7</v>
       </c>
       <c r="F8" s="210">
         <v>83.1</v>
       </c>
@@ -17042,94 +17042,94 @@
         <v>83.3</v>
       </c>
       <c r="G15" s="445">
         <v>84.9</v>
       </c>
       <c r="H15" s="112">
         <v>88.2</v>
       </c>
       <c r="I15" s="63">
         <v>84.8</v>
       </c>
       <c r="J15" s="63">
         <v>86.5</v>
       </c>
     </row>
     <row r="16" spans="1:11" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="40"/>
       <c r="B16" s="47"/>
       <c r="C16" s="47"/>
       <c r="D16" s="47"/>
       <c r="E16" s="47"/>
       <c r="F16" s="47"/>
       <c r="J16" s="100"/>
     </row>
     <row r="17" spans="1:8" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="674" t="s">
-[...6 lines deleted...]
-      <c r="F17" s="675"/>
+      <c r="A17" s="672" t="s">
+        <v>455</v>
+      </c>
+      <c r="B17" s="673"/>
+      <c r="C17" s="673"/>
+      <c r="D17" s="673"/>
+      <c r="E17" s="673"/>
+      <c r="F17" s="673"/>
       <c r="G17" s="21"/>
       <c r="H17" s="86"/>
     </row>
     <row r="18" spans="1:8" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="672" t="s">
+      <c r="A18" s="670" t="s">
         <v>253</v>
       </c>
-      <c r="B18" s="673"/>
-[...3 lines deleted...]
-      <c r="F18" s="673"/>
+      <c r="B18" s="671"/>
+      <c r="C18" s="671"/>
+      <c r="D18" s="671"/>
+      <c r="E18" s="671"/>
+      <c r="F18" s="671"/>
       <c r="G18" s="86"/>
       <c r="H18" s="86"/>
     </row>
     <row r="19" spans="1:8" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="672" t="s">
+      <c r="A19" s="670" t="s">
         <v>254</v>
       </c>
-      <c r="B19" s="673"/>
-[...3 lines deleted...]
-      <c r="F19" s="673"/>
+      <c r="B19" s="671"/>
+      <c r="C19" s="671"/>
+      <c r="D19" s="671"/>
+      <c r="E19" s="671"/>
+      <c r="F19" s="671"/>
       <c r="G19" s="86"/>
       <c r="H19" s="86"/>
     </row>
     <row r="20" spans="1:8" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="672" t="s">
+      <c r="A20" s="670" t="s">
         <v>255</v>
       </c>
-      <c r="B20" s="673"/>
-[...3 lines deleted...]
-      <c r="F20" s="673"/>
+      <c r="B20" s="671"/>
+      <c r="C20" s="671"/>
+      <c r="D20" s="671"/>
+      <c r="E20" s="671"/>
+      <c r="F20" s="671"/>
       <c r="G20" s="86"/>
       <c r="H20" s="86"/>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A21" s="22"/>
       <c r="B21" s="86"/>
       <c r="C21" s="86"/>
       <c r="D21" s="86"/>
       <c r="E21" s="86"/>
       <c r="F21" s="86"/>
       <c r="G21" s="86"/>
       <c r="H21" s="86"/>
     </row>
     <row r="22" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A22" s="22"/>
       <c r="B22" s="86"/>
       <c r="C22" s="86"/>
       <c r="D22" s="86"/>
       <c r="E22" s="86"/>
       <c r="F22" s="86"/>
       <c r="G22" s="86"/>
       <c r="H22" s="86"/>
     </row>
     <row r="23" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A23" s="22"/>
@@ -17184,60 +17184,60 @@
     <row r="28" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A28" s="22"/>
       <c r="B28" s="86"/>
       <c r="C28" s="86"/>
       <c r="D28" s="86"/>
       <c r="E28" s="86"/>
       <c r="F28" s="86"/>
       <c r="G28" s="86"/>
       <c r="H28" s="86"/>
     </row>
     <row r="29" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A29" s="22"/>
       <c r="B29" s="86"/>
       <c r="C29" s="86"/>
       <c r="D29" s="86"/>
       <c r="E29" s="86"/>
       <c r="F29" s="86"/>
       <c r="G29" s="86"/>
       <c r="H29" s="86"/>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A30" s="86"/>
     </row>
   </sheetData>
   <mergeCells count="10">
+    <mergeCell ref="A1:F1"/>
+    <mergeCell ref="A3:F3"/>
+    <mergeCell ref="A4:F4"/>
+    <mergeCell ref="B6:D6"/>
+    <mergeCell ref="E6:G6"/>
     <mergeCell ref="A18:F18"/>
     <mergeCell ref="A19:F19"/>
     <mergeCell ref="A20:F20"/>
     <mergeCell ref="A17:F17"/>
     <mergeCell ref="H6:J6"/>
-    <mergeCell ref="A1:F1"/>
-[...3 lines deleted...]
-    <mergeCell ref="E6:G6"/>
   </mergeCells>
   <pageMargins left="0.56000000000000005" right="0.23622047244094491" top="0.34" bottom="0.43" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D24F73DD-A63A-4F2B-99A9-40BEAD2E9C27}">
   <dimension ref="A1:M32"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="M34" sqref="M34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15" style="91" customWidth="1"/>
     <col min="2" max="6" width="9.7109375" style="91" customWidth="1"/>
     <col min="7" max="10" width="7.7109375" style="91" customWidth="1"/>
     <col min="11" max="16384" width="9.140625" style="91"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="647" t="s">
         <v>111</v>
@@ -17260,51 +17260,51 @@
       <c r="C2" s="648"/>
       <c r="D2" s="648"/>
       <c r="E2" s="648"/>
       <c r="F2" s="648"/>
       <c r="G2" s="38"/>
       <c r="H2" s="38"/>
       <c r="I2" s="38"/>
       <c r="J2" s="38"/>
     </row>
     <row r="3" spans="1:13" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="649" t="s">
         <v>62</v>
       </c>
       <c r="B3" s="649"/>
       <c r="C3" s="649"/>
       <c r="D3" s="649"/>
       <c r="E3" s="649"/>
       <c r="F3" s="649"/>
       <c r="G3" s="59"/>
       <c r="H3" s="59"/>
       <c r="I3" s="59"/>
       <c r="J3" s="39"/>
     </row>
     <row r="4" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A4" s="650" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="B4" s="650"/>
       <c r="C4" s="650"/>
       <c r="D4" s="650"/>
       <c r="E4" s="650"/>
       <c r="F4" s="650"/>
       <c r="G4" s="10"/>
       <c r="H4" s="10"/>
       <c r="I4" s="10"/>
       <c r="J4" s="10"/>
     </row>
     <row r="5" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="G5" s="86"/>
       <c r="H5" s="86"/>
       <c r="I5" s="86"/>
       <c r="J5" s="86"/>
     </row>
     <row r="6" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A6" s="114"/>
       <c r="B6" s="117">
         <v>2020</v>
       </c>
       <c r="C6" s="118">
         <v>2021</v>
       </c>
@@ -17834,61 +17834,61 @@
       </c>
       <c r="F30" s="205">
         <v>1307.8</v>
       </c>
     </row>
     <row r="31" spans="1:11" s="100" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="40"/>
       <c r="B31" s="55"/>
       <c r="C31" s="55"/>
       <c r="D31" s="55"/>
       <c r="E31" s="55"/>
       <c r="F31" s="55"/>
     </row>
     <row r="32" spans="1:11" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="629" t="s">
         <v>258</v>
       </c>
       <c r="B32" s="629"/>
       <c r="C32" s="629"/>
       <c r="D32" s="629"/>
       <c r="E32" s="629"/>
       <c r="F32" s="629"/>
     </row>
   </sheetData>
   <mergeCells count="11">
-    <mergeCell ref="G6:I6"/>
-[...3 lines deleted...]
-    <mergeCell ref="B8:F8"/>
     <mergeCell ref="A32:F32"/>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="A3:F3"/>
     <mergeCell ref="A4:F4"/>
     <mergeCell ref="B7:F7"/>
+    <mergeCell ref="G6:I6"/>
+    <mergeCell ref="A19:A20"/>
+    <mergeCell ref="B19:F19"/>
+    <mergeCell ref="B20:F20"/>
+    <mergeCell ref="B8:F8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.3" bottom="0.26" header="0.36" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C842FF09-2F77-46B8-A11E-CE2A9F18602F}">
   <dimension ref="A1:K43"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A4" sqref="A4:F4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15" style="99" customWidth="1"/>
     <col min="2" max="6" width="9.7109375" style="99" customWidth="1"/>
     <col min="7" max="10" width="7.7109375" style="99" customWidth="1"/>
     <col min="11" max="16384" width="9.140625" style="99"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="647" t="s">
         <v>111</v>
@@ -18237,51 +18237,51 @@
         <v>42.7</v>
       </c>
       <c r="G18" s="11"/>
       <c r="H18" s="11"/>
       <c r="I18" s="11"/>
       <c r="J18" s="11"/>
     </row>
     <row r="19" spans="1:11" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="640"/>
       <c r="B19" s="642" t="s">
         <v>60</v>
       </c>
       <c r="C19" s="643"/>
       <c r="D19" s="643"/>
       <c r="E19" s="643"/>
       <c r="F19" s="643"/>
       <c r="G19" s="94"/>
       <c r="H19" s="53"/>
       <c r="I19" s="53"/>
       <c r="J19" s="53"/>
       <c r="K19" s="53"/>
     </row>
     <row r="20" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="641"/>
       <c r="B20" s="644" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="C20" s="645"/>
       <c r="D20" s="645"/>
       <c r="E20" s="645"/>
       <c r="F20" s="645"/>
       <c r="G20" s="93"/>
       <c r="H20" s="53"/>
       <c r="I20" s="53"/>
       <c r="J20" s="53"/>
       <c r="K20" s="53"/>
     </row>
     <row r="21" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="A21" s="17" t="s">
         <v>15</v>
       </c>
       <c r="B21" s="211">
         <v>137</v>
       </c>
       <c r="C21" s="212">
         <v>137</v>
       </c>
       <c r="D21" s="212">
         <v>132.69999999999999</v>
       </c>
       <c r="E21" s="212">
@@ -18547,62 +18547,62 @@
       <c r="A40" s="22"/>
       <c r="B40" s="100"/>
       <c r="C40" s="100"/>
       <c r="D40" s="100"/>
     </row>
     <row r="41" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A41" s="22"/>
       <c r="B41" s="100"/>
       <c r="C41" s="100"/>
       <c r="D41" s="100"/>
     </row>
     <row r="42" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A42" s="22"/>
       <c r="B42" s="100"/>
       <c r="C42" s="100"/>
       <c r="D42" s="100"/>
     </row>
     <row r="43" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A43" s="22"/>
       <c r="B43" s="100"/>
       <c r="C43" s="100"/>
       <c r="D43" s="100"/>
     </row>
   </sheetData>
   <mergeCells count="12">
+    <mergeCell ref="A32:F32"/>
+    <mergeCell ref="A1:F1"/>
+    <mergeCell ref="A2:F2"/>
+    <mergeCell ref="A3:F3"/>
+    <mergeCell ref="A4:F4"/>
     <mergeCell ref="G6:I6"/>
     <mergeCell ref="A19:A20"/>
     <mergeCell ref="B19:F19"/>
     <mergeCell ref="B20:F20"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
     <mergeCell ref="A7:A8"/>
-    <mergeCell ref="A32:F32"/>
-[...3 lines deleted...]
-    <mergeCell ref="A4:F4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="96" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8747FFF8-03B3-4E38-8F19-1A88D1426765}">
   <dimension ref="A1:W28"/>
   <sheetViews>
     <sheetView topLeftCell="A13" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="J23" sqref="J23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15" style="18" customWidth="1"/>
     <col min="2" max="6" width="9.7109375" style="18" customWidth="1"/>
     <col min="7" max="10" width="7.7109375" style="18" customWidth="1"/>
     <col min="11" max="16384" width="9.140625" style="18"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="630" t="s">
         <v>27</v>
@@ -19215,51 +19215,51 @@
         <v>975.3</v>
       </c>
       <c r="G28" s="11"/>
       <c r="H28" s="11"/>
       <c r="I28" s="11"/>
       <c r="J28" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="B18:F18"/>
     <mergeCell ref="B5:F5"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="B17:F17"/>
   </mergeCells>
   <pageMargins left="0.82677165354330717" right="0.23622047244094491" top="0.55118110236220474" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2C906C3C-D6F5-4D38-9E0D-450391AA6006}">
   <dimension ref="A1:W30"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15" style="18" customWidth="1"/>
     <col min="2" max="6" width="9.7109375" style="18" customWidth="1"/>
     <col min="7" max="10" width="7.7109375" style="18" customWidth="1"/>
     <col min="11" max="16384" width="9.140625" style="18"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="630" t="s">
         <v>31</v>
       </c>
       <c r="B1" s="630" t="s">
         <v>30</v>
       </c>
       <c r="C1" s="630" t="s">
         <v>30</v>
       </c>
       <c r="D1" s="630" t="s">
         <v>30</v>
       </c>
       <c r="E1" s="630" t="s">
@@ -19905,80 +19905,80 @@
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{26DF61B4-82E3-478E-818A-08CFD2B51D04}">
   <dimension ref="A1:V82"/>
   <sheetViews>
     <sheetView topLeftCell="A40" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="L7" sqref="L7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="26.7109375" style="99" customWidth="1"/>
     <col min="2" max="5" width="9.7109375" style="99" customWidth="1"/>
     <col min="6" max="6" width="9.7109375" style="147" customWidth="1"/>
     <col min="7" max="8" width="7.7109375" style="99" customWidth="1"/>
     <col min="9" max="9" width="8.42578125" style="99" customWidth="1"/>
     <col min="10" max="10" width="7.7109375" style="99" customWidth="1"/>
     <col min="11" max="16384" width="9.140625" style="99"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="630" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="B1" s="630"/>
       <c r="C1" s="630"/>
       <c r="D1" s="630"/>
       <c r="E1" s="630"/>
       <c r="F1" s="630"/>
       <c r="G1" s="85"/>
       <c r="H1" s="85"/>
       <c r="I1" s="85"/>
       <c r="J1" s="9"/>
     </row>
     <row r="2" spans="1:13" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="134" t="s">
         <v>38</v>
       </c>
       <c r="B2" s="134"/>
       <c r="C2" s="134"/>
       <c r="D2" s="134"/>
       <c r="E2" s="134"/>
       <c r="F2" s="134"/>
       <c r="G2" s="134"/>
       <c r="H2" s="134"/>
       <c r="I2" s="134"/>
       <c r="J2" s="9"/>
       <c r="K2" s="136"/>
     </row>
     <row r="3" spans="1:13" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="649" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="B3" s="649"/>
       <c r="C3" s="649"/>
       <c r="D3" s="649"/>
       <c r="E3" s="649"/>
       <c r="F3" s="649"/>
       <c r="G3" s="59"/>
       <c r="H3" s="59"/>
       <c r="I3" s="59"/>
       <c r="J3" s="39"/>
     </row>
     <row r="4" spans="1:13" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="650" t="s">
         <v>39</v>
       </c>
       <c r="B4" s="650"/>
       <c r="C4" s="650"/>
       <c r="D4" s="650"/>
       <c r="E4" s="650"/>
       <c r="F4" s="650"/>
       <c r="G4" s="650"/>
       <c r="H4" s="650"/>
       <c r="I4" s="650"/>
       <c r="J4" s="39"/>
     </row>
@@ -22541,289 +22541,289 @@
     <col min="14592" max="14592" width="5.5703125" style="566" customWidth="1"/>
     <col min="14593" max="14593" width="84.7109375" style="566" customWidth="1"/>
     <col min="14594" max="14847" width="9.140625" style="566"/>
     <col min="14848" max="14848" width="5.5703125" style="566" customWidth="1"/>
     <col min="14849" max="14849" width="84.7109375" style="566" customWidth="1"/>
     <col min="14850" max="15103" width="9.140625" style="566"/>
     <col min="15104" max="15104" width="5.5703125" style="566" customWidth="1"/>
     <col min="15105" max="15105" width="84.7109375" style="566" customWidth="1"/>
     <col min="15106" max="15359" width="9.140625" style="566"/>
     <col min="15360" max="15360" width="5.5703125" style="566" customWidth="1"/>
     <col min="15361" max="15361" width="84.7109375" style="566" customWidth="1"/>
     <col min="15362" max="15615" width="9.140625" style="566"/>
     <col min="15616" max="15616" width="5.5703125" style="566" customWidth="1"/>
     <col min="15617" max="15617" width="84.7109375" style="566" customWidth="1"/>
     <col min="15618" max="15871" width="9.140625" style="566"/>
     <col min="15872" max="15872" width="5.5703125" style="566" customWidth="1"/>
     <col min="15873" max="15873" width="84.7109375" style="566" customWidth="1"/>
     <col min="15874" max="16127" width="9.140625" style="566"/>
     <col min="16128" max="16128" width="5.5703125" style="566" customWidth="1"/>
     <col min="16129" max="16129" width="84.7109375" style="566" customWidth="1"/>
     <col min="16130" max="16384" width="9.140625" style="566"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A1" s="565" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
     </row>
     <row r="2" spans="1:1" ht="9" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="567"/>
     </row>
     <row r="3" spans="1:1" ht="366" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="568" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
     </row>
     <row r="4" spans="1:1" ht="15" x14ac:dyDescent="0.25">
       <c r="A4" s="569"/>
     </row>
     <row r="5" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A5" s="570" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="6" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A6" s="571" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
     </row>
     <row r="7" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A7" s="571" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="8" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A8" s="571" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
     </row>
     <row r="9" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A9" s="571" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
     </row>
     <row r="10" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A10" s="571" t="s">
-        <v>499</v>
+        <v>497</v>
       </c>
     </row>
     <row r="12" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A12" s="572" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
     </row>
     <row r="13" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A13" s="573" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
     </row>
     <row r="14" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A14" s="573" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
     </row>
     <row r="15" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A15" s="573" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
     </row>
     <row r="16" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A16" s="573"/>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A17" s="132" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A18" s="132" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A19" s="132" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
     </row>
     <row r="20" spans="1:7" ht="15" x14ac:dyDescent="0.25">
       <c r="A20" s="132" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="B20" s="99"/>
       <c r="C20" s="99"/>
       <c r="D20" s="99"/>
       <c r="E20" s="99"/>
       <c r="F20" s="99"/>
       <c r="G20" s="99"/>
     </row>
     <row r="21" spans="1:7" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="132" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="B21" s="99"/>
       <c r="C21" s="99"/>
       <c r="D21" s="99"/>
       <c r="E21" s="99"/>
       <c r="F21" s="99"/>
       <c r="G21" s="99"/>
     </row>
     <row r="22" spans="1:7" ht="15" x14ac:dyDescent="0.25">
       <c r="A22" s="574" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="B22" s="99"/>
       <c r="C22" s="99"/>
       <c r="D22" s="99"/>
       <c r="E22" s="99"/>
       <c r="F22" s="99"/>
       <c r="G22" s="99"/>
     </row>
     <row r="23" spans="1:7" ht="15" x14ac:dyDescent="0.2">
       <c r="A23" s="574" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="B23" s="575"/>
       <c r="C23" s="575"/>
       <c r="D23" s="575"/>
       <c r="E23" s="575"/>
       <c r="F23" s="575"/>
       <c r="G23" s="575"/>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.2">
       <c r="A24" s="576" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
     </row>
     <row r="33" spans="1:1" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A33" s="565" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
     </row>
     <row r="34" spans="1:1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="567"/>
     </row>
     <row r="35" spans="1:1" ht="324.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="568" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
     </row>
     <row r="36" spans="1:1" ht="15" x14ac:dyDescent="0.25">
       <c r="A36" s="569"/>
     </row>
     <row r="37" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A37" s="570" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
     </row>
     <row r="38" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A38" s="571" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
     </row>
     <row r="39" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A39" s="571" t="s">
-        <v>526</v>
+        <v>524</v>
       </c>
     </row>
     <row r="40" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A40" s="571" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
     </row>
     <row r="41" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A41" s="571" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
     </row>
     <row r="42" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A42" s="571" t="s">
-        <v>522</v>
+        <v>520</v>
       </c>
     </row>
     <row r="43" spans="1:1" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="44" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A44" s="572" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
     </row>
     <row r="45" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A45" s="573" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
     </row>
     <row r="46" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A46" s="573" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
     </row>
     <row r="47" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A47" s="573" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
     </row>
     <row r="48" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A48" s="573"/>
     </row>
     <row r="49" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A49" s="132" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
     </row>
     <row r="50" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A50" s="132" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
     </row>
     <row r="51" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A51" s="132" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
     </row>
     <row r="52" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A52" s="132" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
     </row>
     <row r="53" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A53" s="132" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
     </row>
     <row r="54" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A54" s="574" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
     </row>
     <row r="55" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A55" s="574" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
     </row>
     <row r="56" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A56" s="576" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A23" r:id="rId1" xr:uid="{606EFCE2-B558-4F2A-9967-7DA62DC9959A}"/>
     <hyperlink ref="A22" r:id="rId2" xr:uid="{E05C7D4E-2212-490D-9416-9F60339660FA}"/>
     <hyperlink ref="A55" r:id="rId3" xr:uid="{8D3D643D-2F97-4EE8-A9DA-BF9A535EA3B9}"/>
     <hyperlink ref="A54" r:id="rId4" xr:uid="{DF345366-4E23-4D1B-B9DE-595666C7F4A5}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.49" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId5"/>
   <drawing r:id="rId6"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet20.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E3448DD8-939F-4CFD-92AA-3AA025118022}">
   <dimension ref="A1:M42"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A4" sqref="A4:I4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
@@ -23679,51 +23679,51 @@
       <c r="C1" s="639"/>
       <c r="D1" s="639"/>
       <c r="E1" s="639"/>
       <c r="F1" s="639"/>
       <c r="G1" s="639"/>
       <c r="H1" s="639"/>
       <c r="I1" s="639"/>
       <c r="J1" s="9"/>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A2" s="648" t="s">
         <v>119</v>
       </c>
       <c r="B2" s="648"/>
       <c r="C2" s="648"/>
       <c r="D2" s="648"/>
       <c r="E2" s="648"/>
       <c r="F2" s="648"/>
       <c r="G2" s="648"/>
       <c r="H2" s="648"/>
       <c r="I2" s="648"/>
       <c r="J2" s="38"/>
     </row>
     <row r="3" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="631" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="B3" s="631"/>
       <c r="C3" s="631"/>
       <c r="D3" s="631"/>
       <c r="E3" s="631"/>
       <c r="F3" s="631"/>
       <c r="G3" s="631"/>
       <c r="H3" s="631"/>
       <c r="I3" s="631"/>
       <c r="J3" s="39"/>
     </row>
     <row r="4" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A4" s="650" t="s">
         <v>118</v>
       </c>
       <c r="B4" s="650"/>
       <c r="C4" s="650"/>
       <c r="D4" s="650"/>
       <c r="E4" s="650"/>
       <c r="F4" s="650"/>
       <c r="G4" s="650"/>
       <c r="H4" s="650"/>
       <c r="I4" s="650"/>
       <c r="J4" s="10"/>
     </row>
@@ -24455,51 +24455,51 @@
       <c r="A36" s="231" t="s">
         <v>116</v>
       </c>
       <c r="B36" s="314" t="s">
         <v>106</v>
       </c>
       <c r="C36" s="315" t="s">
         <v>106</v>
       </c>
       <c r="D36" s="315" t="s">
         <v>106</v>
       </c>
       <c r="E36" s="315" t="s">
         <v>106</v>
       </c>
       <c r="F36" s="315" t="s">
         <v>106</v>
       </c>
       <c r="G36" s="11"/>
       <c r="H36" s="11"/>
       <c r="I36" s="11"/>
       <c r="J36" s="12"/>
     </row>
     <row r="38" spans="1:10" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="629" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="B38" s="629"/>
       <c r="C38" s="629"/>
       <c r="D38" s="629"/>
       <c r="E38" s="629"/>
       <c r="F38" s="629"/>
       <c r="G38" s="99"/>
     </row>
     <row r="39" spans="1:10" x14ac:dyDescent="0.25">
       <c r="G39" s="100"/>
     </row>
     <row r="40" spans="1:10" x14ac:dyDescent="0.25">
       <c r="G40" s="100"/>
     </row>
     <row r="41" spans="1:10" x14ac:dyDescent="0.25">
       <c r="G41" s="100"/>
     </row>
     <row r="42" spans="1:10" x14ac:dyDescent="0.25">
       <c r="G42" s="100"/>
     </row>
     <row r="43" spans="1:10" x14ac:dyDescent="0.25">
       <c r="G43" s="100"/>
     </row>
   </sheetData>
   <mergeCells count="5">
@@ -24531,51 +24531,51 @@
   <sheetData>
     <row r="1" spans="1:17" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="689" t="s">
         <v>117</v>
       </c>
       <c r="B1" s="689"/>
       <c r="C1" s="689"/>
       <c r="D1" s="689"/>
       <c r="E1" s="689"/>
       <c r="F1" s="689"/>
       <c r="G1" s="689"/>
     </row>
     <row r="2" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A2" s="690" t="s">
         <v>119</v>
       </c>
       <c r="B2" s="690"/>
       <c r="C2" s="690"/>
       <c r="D2" s="690"/>
       <c r="E2" s="690"/>
       <c r="F2" s="690"/>
       <c r="G2" s="690"/>
     </row>
     <row r="3" spans="1:17" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="154" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="B3" s="154"/>
       <c r="C3" s="154"/>
       <c r="D3" s="154"/>
       <c r="E3" s="154"/>
     </row>
     <row r="4" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A4" s="691" t="s">
         <v>118</v>
       </c>
       <c r="B4" s="691"/>
       <c r="C4" s="691"/>
       <c r="D4" s="691"/>
       <c r="E4" s="691"/>
       <c r="F4" s="691"/>
       <c r="G4" s="691"/>
     </row>
     <row r="5" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A5" s="299"/>
       <c r="B5" s="299"/>
       <c r="C5" s="299"/>
       <c r="D5" s="299"/>
       <c r="E5" s="299"/>
       <c r="F5" s="299"/>
       <c r="G5" s="299"/>
@@ -24759,51 +24759,51 @@
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A15" s="150" t="s">
         <v>116</v>
       </c>
       <c r="B15" s="338">
         <v>99.7</v>
       </c>
       <c r="C15" s="339">
         <v>98.3</v>
       </c>
       <c r="D15" s="339">
         <v>99.9</v>
       </c>
       <c r="E15" s="333">
         <v>100</v>
       </c>
       <c r="F15" s="489">
         <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:17" ht="30" x14ac:dyDescent="0.25">
       <c r="A16" s="237" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="B16" s="334">
         <v>96</v>
       </c>
       <c r="C16" s="335">
         <v>96.7</v>
       </c>
       <c r="D16" s="335">
         <v>97.5</v>
       </c>
       <c r="E16" s="335">
         <v>98.7</v>
       </c>
       <c r="F16" s="335">
         <v>98.8</v>
       </c>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A17" s="257" t="s">
         <v>115</v>
       </c>
       <c r="B17" s="279">
         <v>97</v>
       </c>
       <c r="C17" s="279">
@@ -24939,51 +24939,51 @@
         <v>99</v>
       </c>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A24" s="150" t="s">
         <v>116</v>
       </c>
       <c r="B24" s="327">
         <v>93.9</v>
       </c>
       <c r="C24" s="205">
         <v>96.7</v>
       </c>
       <c r="D24" s="205">
         <v>96.7</v>
       </c>
       <c r="E24" s="205">
         <v>97.8</v>
       </c>
       <c r="F24" s="215">
         <v>98.4</v>
       </c>
     </row>
     <row r="25" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A25" s="240" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="B25" s="211">
         <v>94</v>
       </c>
       <c r="C25" s="212">
         <v>94.3</v>
       </c>
       <c r="D25" s="212">
         <v>94.1</v>
       </c>
       <c r="E25" s="212">
         <v>94.3</v>
       </c>
       <c r="F25" s="214">
         <v>94.4</v>
       </c>
     </row>
     <row r="26" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A26" s="233" t="s">
         <v>115</v>
       </c>
       <c r="B26" s="325">
         <v>93.9</v>
       </c>
       <c r="C26" s="279">
@@ -25194,51 +25194,51 @@
       </c>
       <c r="E36" s="205" t="s">
         <v>106</v>
       </c>
       <c r="F36" s="311" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="22"/>
     </row>
     <row r="38" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="692" t="s">
         <v>269</v>
       </c>
       <c r="B38" s="692"/>
       <c r="C38" s="692"/>
       <c r="D38" s="692"/>
       <c r="E38" s="692"/>
       <c r="F38" s="692"/>
       <c r="G38" s="340"/>
       <c r="H38" s="171"/>
     </row>
     <row r="39" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="693" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="B39" s="692"/>
       <c r="C39" s="692"/>
       <c r="D39" s="692"/>
       <c r="E39" s="692"/>
       <c r="F39" s="692"/>
       <c r="G39" s="341"/>
       <c r="H39" s="341"/>
     </row>
     <row r="40" spans="1:9" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="688" t="s">
         <v>270</v>
       </c>
       <c r="B40" s="688"/>
       <c r="C40" s="688"/>
       <c r="D40" s="688"/>
       <c r="E40" s="688"/>
       <c r="F40" s="688"/>
       <c r="G40" s="342"/>
       <c r="H40" s="342"/>
       <c r="I40" s="170"/>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A41" s="168"/>
       <c r="B41" s="169"/>
@@ -25274,60 +25274,60 @@
   <pageMargins left="0.7" right="0.7" top="0.32" bottom="0.16" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="7" max="39" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet23.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DE25E1E1-924F-4753-961E-FE84A430E525}">
   <dimension ref="A1:L70"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="I9" sqref="I9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="23.28515625" style="18" customWidth="1"/>
     <col min="2" max="6" width="9.7109375" style="18" customWidth="1"/>
     <col min="7" max="10" width="7.7109375" style="18" customWidth="1"/>
     <col min="11" max="16384" width="9.140625" style="18"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="623" t="s">
+      <c r="A1" s="620" t="s">
         <v>125</v>
       </c>
-      <c r="B1" s="623"/>
-[...5 lines deleted...]
-      <c r="H1" s="623"/>
+      <c r="B1" s="620"/>
+      <c r="C1" s="620"/>
+      <c r="D1" s="620"/>
+      <c r="E1" s="620"/>
+      <c r="F1" s="620"/>
+      <c r="G1" s="620"/>
+      <c r="H1" s="620"/>
       <c r="I1" s="252"/>
       <c r="J1" s="9"/>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A2" s="38" t="s">
         <v>29</v>
       </c>
       <c r="B2" s="38"/>
       <c r="C2" s="38"/>
       <c r="D2" s="38"/>
       <c r="E2" s="38"/>
       <c r="F2" s="38"/>
       <c r="G2" s="38"/>
       <c r="H2" s="38"/>
       <c r="I2" s="38"/>
       <c r="J2" s="38"/>
     </row>
     <row r="3" spans="1:10" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="649" t="s">
         <v>271</v>
       </c>
       <c r="B3" s="649"/>
       <c r="C3" s="649"/>
       <c r="D3" s="649"/>
       <c r="E3" s="649"/>
@@ -26759,61 +26759,61 @@
   <pageMargins left="0.70866141732283472" right="0.11811023622047245" top="0.74803149606299213" bottom="1.02" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="96" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="38" max="8" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet24.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6781E784-E62A-4DF1-8387-F0EECDF9182A}">
   <dimension ref="A1:J54"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="H9" sqref="H9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15" style="99" customWidth="1"/>
     <col min="2" max="6" width="9.7109375" style="99" customWidth="1"/>
     <col min="7" max="10" width="7.7109375" style="99" customWidth="1"/>
     <col min="11" max="16384" width="9.140625" style="99"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="623" t="s">
+      <c r="A1" s="620" t="s">
         <v>201</v>
       </c>
-      <c r="B1" s="623"/>
-[...6 lines deleted...]
-      <c r="I1" s="623"/>
+      <c r="B1" s="620"/>
+      <c r="C1" s="620"/>
+      <c r="D1" s="620"/>
+      <c r="E1" s="620"/>
+      <c r="F1" s="620"/>
+      <c r="G1" s="620"/>
+      <c r="H1" s="620"/>
+      <c r="I1" s="620"/>
       <c r="J1" s="9"/>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A2" s="648" t="s">
         <v>29</v>
       </c>
       <c r="B2" s="648"/>
       <c r="C2" s="648"/>
       <c r="D2" s="648"/>
       <c r="E2" s="648"/>
       <c r="F2" s="648"/>
       <c r="G2" s="648"/>
       <c r="H2" s="648"/>
       <c r="I2" s="648"/>
       <c r="J2" s="38"/>
     </row>
     <row r="3" spans="1:10" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="649" t="s">
         <v>275</v>
       </c>
       <c r="B3" s="649"/>
       <c r="C3" s="649"/>
       <c r="D3" s="649"/>
       <c r="E3" s="649"/>
       <c r="F3" s="649"/>
@@ -27542,61 +27542,61 @@
     <mergeCell ref="B8:F8"/>
     <mergeCell ref="A19:A20"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.34" bottom="0.15748031496062992" header="0.31496062992125984" footer="0.17"/>
   <pageSetup paperSize="9" scale="95" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet25.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CC8C37BC-A486-4329-B1E1-3480957BED55}">
   <dimension ref="A1:J54"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15" style="99" customWidth="1"/>
     <col min="2" max="6" width="9.7109375" style="99" customWidth="1"/>
     <col min="7" max="10" width="7.7109375" style="99" customWidth="1"/>
     <col min="11" max="16384" width="9.140625" style="99"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="623" t="s">
-[...9 lines deleted...]
-      <c r="I1" s="623"/>
+      <c r="A1" s="620" t="s">
+        <v>494</v>
+      </c>
+      <c r="B1" s="620"/>
+      <c r="C1" s="620"/>
+      <c r="D1" s="620"/>
+      <c r="E1" s="620"/>
+      <c r="F1" s="620"/>
+      <c r="G1" s="620"/>
+      <c r="H1" s="620"/>
+      <c r="I1" s="620"/>
       <c r="J1" s="9"/>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A2" s="648" t="s">
         <v>29</v>
       </c>
       <c r="B2" s="648"/>
       <c r="C2" s="648"/>
       <c r="D2" s="648"/>
       <c r="E2" s="648"/>
       <c r="F2" s="648"/>
       <c r="G2" s="648"/>
       <c r="H2" s="648"/>
       <c r="I2" s="648"/>
       <c r="J2" s="38"/>
     </row>
     <row r="3" spans="1:10" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="649" t="s">
         <v>277</v>
       </c>
       <c r="B3" s="649"/>
       <c r="C3" s="649"/>
       <c r="D3" s="649"/>
       <c r="E3" s="649"/>
       <c r="F3" s="649"/>
@@ -28365,51 +28365,51 @@
     <col min="30" max="30" width="22.7109375" style="99" customWidth="1"/>
     <col min="31" max="31" width="23.7109375" style="99" customWidth="1"/>
     <col min="32" max="16384" width="9.140625" style="99"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="60" t="s">
         <v>59</v>
       </c>
       <c r="B1" s="60"/>
       <c r="C1" s="60"/>
       <c r="D1" s="60"/>
       <c r="E1" s="60"/>
       <c r="F1" s="60"/>
       <c r="G1" s="60"/>
       <c r="H1" s="60"/>
       <c r="I1" s="85"/>
       <c r="J1" s="85"/>
       <c r="K1" s="85"/>
       <c r="L1" s="85"/>
       <c r="M1" s="85"/>
       <c r="N1" s="9"/>
     </row>
     <row r="2" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A2" s="77" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="B2" s="77"/>
       <c r="C2" s="77"/>
       <c r="D2" s="77"/>
       <c r="E2" s="77"/>
       <c r="F2" s="77"/>
       <c r="G2" s="77"/>
       <c r="H2" s="77"/>
       <c r="I2" s="77"/>
       <c r="J2" s="77"/>
       <c r="K2" s="181"/>
       <c r="L2" s="77"/>
       <c r="M2" s="77"/>
       <c r="N2" s="38"/>
     </row>
     <row r="3" spans="1:16" s="39" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="39" t="s">
         <v>217</v>
       </c>
       <c r="K3" s="182"/>
     </row>
     <row r="4" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A4" s="10" t="s">
         <v>219</v>
       </c>
@@ -29118,75 +29118,75 @@
   <pageMargins left="0.70866141732283472" right="0.14000000000000001" top="0.23622047244094491" bottom="0.15748031496062992" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="72" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="7" max="1048575" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet27.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1F1F6B87-DB14-43FE-9DA0-185485EA304D}">
   <dimension ref="A1:L38"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15.7109375" style="99" customWidth="1"/>
     <col min="2" max="6" width="9.7109375" style="99" customWidth="1"/>
     <col min="7" max="10" width="7.7109375" style="99" customWidth="1"/>
     <col min="11" max="16384" width="9.140625" style="99"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="623" t="s">
+      <c r="A1" s="620" t="s">
         <v>233</v>
       </c>
-      <c r="B1" s="623" t="s">
+      <c r="B1" s="620" t="s">
         <v>41</v>
       </c>
-      <c r="C1" s="623" t="s">
+      <c r="C1" s="620" t="s">
         <v>41</v>
       </c>
-      <c r="D1" s="623" t="s">
+      <c r="D1" s="620" t="s">
         <v>41</v>
       </c>
-      <c r="E1" s="623" t="s">
+      <c r="E1" s="620" t="s">
         <v>41</v>
       </c>
-      <c r="F1" s="623" t="s">
+      <c r="F1" s="620" t="s">
         <v>41</v>
       </c>
-      <c r="G1" s="623" t="s">
+      <c r="G1" s="620" t="s">
         <v>41</v>
       </c>
-      <c r="H1" s="623" t="s">
+      <c r="H1" s="620" t="s">
         <v>41</v>
       </c>
-      <c r="I1" s="623" t="s">
+      <c r="I1" s="620" t="s">
         <v>41</v>
       </c>
       <c r="J1" s="9"/>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A2" s="648" t="s">
         <v>38</v>
       </c>
       <c r="B2" s="648"/>
       <c r="C2" s="648"/>
       <c r="D2" s="648"/>
       <c r="E2" s="648"/>
       <c r="F2" s="648"/>
       <c r="G2" s="648"/>
       <c r="H2" s="648"/>
       <c r="I2" s="648"/>
       <c r="J2" s="38"/>
     </row>
     <row r="3" spans="1:10" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="649" t="s">
         <v>285</v>
       </c>
       <c r="B3" s="649"/>
       <c r="C3" s="649"/>
       <c r="D3" s="649"/>
@@ -29928,75 +29928,75 @@
       <formula2>1000000000</formula2>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet28.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A4934BE4-2DBA-440E-BF32-12C5B0FF8AC1}">
   <dimension ref="A1:L38"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15.7109375" style="99" customWidth="1"/>
     <col min="2" max="6" width="9.7109375" style="99" customWidth="1"/>
     <col min="7" max="10" width="7.7109375" style="99" customWidth="1"/>
     <col min="11" max="16384" width="9.140625" style="99"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="623" t="s">
+      <c r="A1" s="620" t="s">
         <v>287</v>
       </c>
-      <c r="B1" s="623" t="s">
+      <c r="B1" s="620" t="s">
         <v>41</v>
       </c>
-      <c r="C1" s="623" t="s">
+      <c r="C1" s="620" t="s">
         <v>41</v>
       </c>
-      <c r="D1" s="623" t="s">
+      <c r="D1" s="620" t="s">
         <v>41</v>
       </c>
-      <c r="E1" s="623" t="s">
+      <c r="E1" s="620" t="s">
         <v>41</v>
       </c>
-      <c r="F1" s="623" t="s">
+      <c r="F1" s="620" t="s">
         <v>41</v>
       </c>
-      <c r="G1" s="623" t="s">
+      <c r="G1" s="620" t="s">
         <v>41</v>
       </c>
-      <c r="H1" s="623" t="s">
+      <c r="H1" s="620" t="s">
         <v>41</v>
       </c>
-      <c r="I1" s="623" t="s">
+      <c r="I1" s="620" t="s">
         <v>41</v>
       </c>
       <c r="J1" s="9"/>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A2" s="648" t="s">
         <v>38</v>
       </c>
       <c r="B2" s="648"/>
       <c r="C2" s="648"/>
       <c r="D2" s="648"/>
       <c r="E2" s="648"/>
       <c r="F2" s="648"/>
       <c r="G2" s="648"/>
       <c r="H2" s="648"/>
       <c r="I2" s="648"/>
       <c r="J2" s="38"/>
     </row>
     <row r="3" spans="1:10" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="649" t="s">
         <v>42</v>
       </c>
       <c r="B3" s="649"/>
       <c r="C3" s="649"/>
       <c r="D3" s="649"/>
@@ -30733,96 +30733,96 @@
       <formula2>1000000000</formula2>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet29.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9B48B12A-DC8C-48CB-95A4-C5E0F786AF87}">
   <dimension ref="A1:L85"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A72" sqref="A72:F72"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15.7109375" style="18" customWidth="1"/>
     <col min="2" max="6" width="9.7109375" style="18" customWidth="1"/>
     <col min="7" max="10" width="7.7109375" style="18" customWidth="1"/>
     <col min="11" max="16384" width="9.140625" style="18"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A1" s="623" t="s">
+      <c r="A1" s="620" t="s">
         <v>165</v>
       </c>
-      <c r="B1" s="623" t="s">
+      <c r="B1" s="620" t="s">
         <v>47</v>
       </c>
-      <c r="C1" s="623" t="s">
+      <c r="C1" s="620" t="s">
         <v>47</v>
       </c>
-      <c r="D1" s="623" t="s">
+      <c r="D1" s="620" t="s">
         <v>47</v>
       </c>
-      <c r="E1" s="623" t="s">
+      <c r="E1" s="620" t="s">
         <v>47</v>
       </c>
-      <c r="F1" s="623" t="s">
+      <c r="F1" s="620" t="s">
         <v>47</v>
       </c>
-      <c r="G1" s="623" t="s">
+      <c r="G1" s="620" t="s">
         <v>47</v>
       </c>
-      <c r="H1" s="623" t="s">
+      <c r="H1" s="620" t="s">
         <v>47</v>
       </c>
-      <c r="I1" s="623" t="s">
+      <c r="I1" s="620" t="s">
         <v>47</v>
       </c>
       <c r="J1" s="9"/>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A2" s="648" t="s">
         <v>49</v>
       </c>
       <c r="B2" s="648"/>
       <c r="C2" s="648"/>
       <c r="D2" s="648"/>
       <c r="E2" s="648"/>
       <c r="F2" s="648"/>
       <c r="G2" s="648"/>
       <c r="H2" s="648"/>
       <c r="I2" s="648"/>
       <c r="J2" s="38"/>
     </row>
     <row r="3" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="649" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="B3" s="649"/>
       <c r="C3" s="649"/>
       <c r="D3" s="649"/>
       <c r="E3" s="649"/>
       <c r="F3" s="649"/>
       <c r="G3" s="649"/>
       <c r="H3" s="649"/>
       <c r="I3" s="649"/>
       <c r="J3" s="39"/>
     </row>
     <row r="4" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A4" s="650" t="s">
         <v>48</v>
       </c>
       <c r="B4" s="650"/>
       <c r="C4" s="650"/>
       <c r="D4" s="650"/>
       <c r="E4" s="650"/>
       <c r="F4" s="650"/>
       <c r="G4" s="650"/>
       <c r="H4" s="650"/>
       <c r="I4" s="650"/>
       <c r="J4" s="10"/>
     </row>
@@ -32390,693 +32390,693 @@
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A39:A40"/>
     <mergeCell ref="B39:F39"/>
     <mergeCell ref="B40:F40"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="B8:F8"/>
   </mergeCells>
   <dataValidations count="1">
     <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B10:F11 B9:E9 B42:F43 B41:E41" xr:uid="{85477923-932A-4A90-89A2-DC5DF9590692}">
       <formula1>-100000000</formula1>
       <formula2>1000000000</formula2>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.31496062992125984" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="38" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{98E12DA8-C540-4E01-AEEC-303F9FE5A488}">
   <dimension ref="A1:H48"/>
   <sheetViews>
-    <sheetView topLeftCell="A22" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView topLeftCell="A10" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="7" topLeftCell="H1" activePane="topRight" state="frozen"/>
-      <selection pane="topRight" activeCell="B33" sqref="B33:G33"/>
+      <selection pane="topRight" activeCell="B16" sqref="B16:G16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="11.85546875" style="125" customWidth="1"/>
     <col min="2" max="3" width="9.140625" style="99"/>
     <col min="4" max="4" width="10.28515625" style="99" bestFit="1" customWidth="1"/>
     <col min="5" max="6" width="9.140625" style="99"/>
     <col min="7" max="7" width="48.7109375" style="99" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="99"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="35.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B1" s="625" t="s">
-[...6 lines deleted...]
-      <c r="G1" s="626"/>
+      <c r="B1" s="618" t="s">
+        <v>433</v>
+      </c>
+      <c r="C1" s="619"/>
+      <c r="D1" s="619"/>
+      <c r="E1" s="619"/>
+      <c r="F1" s="619"/>
+      <c r="G1" s="619"/>
     </row>
     <row r="2" spans="1:8" s="585" customFormat="1" ht="36" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="584"/>
-      <c r="B2" s="623" t="s">
+      <c r="B2" s="620" t="s">
         <v>250</v>
       </c>
-      <c r="C2" s="623"/>
-[...3 lines deleted...]
-      <c r="G2" s="623"/>
+      <c r="C2" s="620"/>
+      <c r="D2" s="620"/>
+      <c r="E2" s="620"/>
+      <c r="F2" s="620"/>
+      <c r="G2" s="620"/>
     </row>
     <row r="3" spans="1:8" s="585" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="584">
         <v>1</v>
       </c>
-      <c r="B3" s="628" t="s">
+      <c r="B3" s="623" t="s">
         <v>101</v>
       </c>
-      <c r="C3" s="628"/>
-[...3 lines deleted...]
-      <c r="G3" s="628"/>
+      <c r="C3" s="623"/>
+      <c r="D3" s="623"/>
+      <c r="E3" s="623"/>
+      <c r="F3" s="623"/>
+      <c r="G3" s="623"/>
       <c r="H3" s="586"/>
     </row>
     <row r="4" spans="1:8" s="585" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="584">
         <v>2</v>
       </c>
-      <c r="B4" s="617" t="s">
+      <c r="B4" s="621" t="s">
         <v>81</v>
       </c>
-      <c r="C4" s="617"/>
-[...3 lines deleted...]
-      <c r="G4" s="617"/>
+      <c r="C4" s="621"/>
+      <c r="D4" s="621"/>
+      <c r="E4" s="621"/>
+      <c r="F4" s="621"/>
+      <c r="G4" s="621"/>
       <c r="H4" s="587"/>
     </row>
     <row r="5" spans="1:8" s="585" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="588">
         <v>3</v>
       </c>
-      <c r="B5" s="617" t="s">
+      <c r="B5" s="621" t="s">
         <v>211</v>
       </c>
-      <c r="C5" s="617"/>
-[...3 lines deleted...]
-      <c r="G5" s="617"/>
+      <c r="C5" s="621"/>
+      <c r="D5" s="621"/>
+      <c r="E5" s="621"/>
+      <c r="F5" s="621"/>
+      <c r="G5" s="621"/>
     </row>
     <row r="6" spans="1:8" s="585" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="584">
         <v>4</v>
       </c>
       <c r="B6" s="616" t="s">
         <v>83</v>
       </c>
       <c r="C6" s="616"/>
       <c r="D6" s="616"/>
       <c r="E6" s="616"/>
       <c r="F6" s="616"/>
       <c r="G6" s="616"/>
     </row>
     <row r="7" spans="1:8" s="585" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="584">
         <v>5</v>
       </c>
-      <c r="B7" s="619" t="s">
+      <c r="B7" s="624" t="s">
         <v>82</v>
       </c>
-      <c r="C7" s="619"/>
-[...3 lines deleted...]
-      <c r="G7" s="619"/>
+      <c r="C7" s="624"/>
+      <c r="D7" s="624"/>
+      <c r="E7" s="624"/>
+      <c r="F7" s="624"/>
+      <c r="G7" s="624"/>
     </row>
     <row r="8" spans="1:8" s="585" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="584">
         <v>6</v>
       </c>
-      <c r="B8" s="618" t="s">
-[...6 lines deleted...]
-      <c r="G8" s="618"/>
+      <c r="B8" s="625" t="s">
+        <v>443</v>
+      </c>
+      <c r="C8" s="625"/>
+      <c r="D8" s="625"/>
+      <c r="E8" s="625"/>
+      <c r="F8" s="625"/>
+      <c r="G8" s="625"/>
       <c r="H8" s="587"/>
     </row>
     <row r="9" spans="1:8" s="585" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="584">
         <v>7</v>
       </c>
-      <c r="B9" s="628" t="s">
+      <c r="B9" s="623" t="s">
         <v>97</v>
       </c>
-      <c r="C9" s="628"/>
-[...3 lines deleted...]
-      <c r="G9" s="628"/>
+      <c r="C9" s="623"/>
+      <c r="D9" s="623"/>
+      <c r="E9" s="623"/>
+      <c r="F9" s="623"/>
+      <c r="G9" s="623"/>
       <c r="H9" s="587"/>
     </row>
     <row r="10" spans="1:8" s="585" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="584">
         <v>8</v>
       </c>
-      <c r="B10" s="628" t="s">
+      <c r="B10" s="623" t="s">
         <v>98</v>
       </c>
-      <c r="C10" s="628"/>
-[...3 lines deleted...]
-      <c r="G10" s="628"/>
+      <c r="C10" s="623"/>
+      <c r="D10" s="623"/>
+      <c r="E10" s="623"/>
+      <c r="F10" s="623"/>
+      <c r="G10" s="623"/>
       <c r="H10" s="587"/>
     </row>
     <row r="11" spans="1:8" s="585" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="588">
         <v>9</v>
       </c>
-      <c r="B11" s="619" t="s">
+      <c r="B11" s="624" t="s">
         <v>109</v>
       </c>
-      <c r="C11" s="619"/>
-[...3 lines deleted...]
-      <c r="G11" s="619"/>
+      <c r="C11" s="624"/>
+      <c r="D11" s="624"/>
+      <c r="E11" s="624"/>
+      <c r="F11" s="624"/>
+      <c r="G11" s="624"/>
     </row>
     <row r="12" spans="1:8" s="585" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="584"/>
-      <c r="B12" s="621" t="s">
+      <c r="B12" s="617" t="s">
         <v>371</v>
       </c>
-      <c r="C12" s="621"/>
-[...3 lines deleted...]
-      <c r="G12" s="621"/>
+      <c r="C12" s="617"/>
+      <c r="D12" s="617"/>
+      <c r="E12" s="617"/>
+      <c r="F12" s="617"/>
+      <c r="G12" s="617"/>
     </row>
     <row r="13" spans="1:8" s="585" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="584">
         <v>10</v>
       </c>
       <c r="B13" s="616" t="s">
         <v>110</v>
       </c>
       <c r="C13" s="616"/>
       <c r="D13" s="616"/>
       <c r="E13" s="616"/>
       <c r="F13" s="616"/>
       <c r="G13" s="616"/>
     </row>
     <row r="14" spans="1:8" s="585" customFormat="1" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="584">
         <v>11</v>
       </c>
       <c r="B14" s="616" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="C14" s="616"/>
       <c r="D14" s="616"/>
       <c r="E14" s="616"/>
       <c r="F14" s="616"/>
       <c r="G14" s="616"/>
     </row>
     <row r="15" spans="1:8" s="585" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="584">
         <v>12</v>
       </c>
-      <c r="B15" s="627" t="s">
+      <c r="B15" s="622" t="s">
         <v>77</v>
       </c>
-      <c r="C15" s="627"/>
-[...3 lines deleted...]
-      <c r="G15" s="627"/>
+      <c r="C15" s="622"/>
+      <c r="D15" s="622"/>
+      <c r="E15" s="622"/>
+      <c r="F15" s="622"/>
+      <c r="G15" s="622"/>
       <c r="H15" s="85"/>
     </row>
     <row r="16" spans="1:8" s="585" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="588">
         <v>13</v>
       </c>
       <c r="B16" s="616" t="s">
         <v>79</v>
       </c>
       <c r="C16" s="616"/>
       <c r="D16" s="616"/>
       <c r="E16" s="616"/>
       <c r="F16" s="616"/>
       <c r="G16" s="616"/>
     </row>
     <row r="17" spans="1:7" s="585" customFormat="1" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="584">
         <v>14</v>
       </c>
-      <c r="B17" s="624" t="s">
-[...6 lines deleted...]
-      <c r="G17" s="624"/>
+      <c r="B17" s="626" t="s">
+        <v>492</v>
+      </c>
+      <c r="C17" s="626"/>
+      <c r="D17" s="626"/>
+      <c r="E17" s="626"/>
+      <c r="F17" s="626"/>
+      <c r="G17" s="626"/>
     </row>
     <row r="18" spans="1:7" s="585" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="584">
         <v>15</v>
       </c>
       <c r="B18" s="616" t="s">
         <v>80</v>
       </c>
       <c r="C18" s="616"/>
       <c r="D18" s="616"/>
       <c r="E18" s="616"/>
       <c r="F18" s="616"/>
       <c r="G18" s="616"/>
     </row>
     <row r="19" spans="1:7" s="585" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="584">
         <v>16</v>
       </c>
       <c r="B19" s="616" t="s">
         <v>372</v>
       </c>
       <c r="C19" s="616"/>
       <c r="D19" s="616"/>
       <c r="E19" s="616"/>
       <c r="F19" s="616"/>
       <c r="G19" s="616"/>
     </row>
     <row r="20" spans="1:7" s="585" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="584"/>
-      <c r="B20" s="621" t="s">
+      <c r="B20" s="617" t="s">
         <v>273</v>
       </c>
-      <c r="C20" s="621"/>
-[...3 lines deleted...]
-      <c r="G20" s="621"/>
+      <c r="C20" s="617"/>
+      <c r="D20" s="617"/>
+      <c r="E20" s="617"/>
+      <c r="F20" s="617"/>
+      <c r="G20" s="617"/>
     </row>
     <row r="21" spans="1:7" s="585" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="584">
         <v>17</v>
       </c>
       <c r="B21" s="616" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="C21" s="616"/>
       <c r="D21" s="616"/>
       <c r="E21" s="616"/>
       <c r="F21" s="616"/>
       <c r="G21" s="616"/>
     </row>
     <row r="22" spans="1:7" s="585" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="584">
         <v>18</v>
       </c>
       <c r="B22" s="616" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="C22" s="616"/>
       <c r="D22" s="616"/>
       <c r="E22" s="616"/>
       <c r="F22" s="616"/>
       <c r="G22" s="616"/>
     </row>
     <row r="23" spans="1:7" s="585" customFormat="1" ht="63.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="588">
         <v>19</v>
       </c>
       <c r="B23" s="616" t="s">
         <v>274</v>
       </c>
       <c r="C23" s="616"/>
       <c r="D23" s="616"/>
       <c r="E23" s="616"/>
       <c r="F23" s="616"/>
       <c r="G23" s="616"/>
     </row>
     <row r="24" spans="1:7" s="585" customFormat="1" ht="63.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="584">
         <v>20</v>
       </c>
       <c r="B24" s="616" t="s">
         <v>276</v>
       </c>
       <c r="C24" s="616"/>
       <c r="D24" s="616"/>
       <c r="E24" s="616"/>
       <c r="F24" s="616"/>
       <c r="G24" s="616"/>
     </row>
     <row r="25" spans="1:7" s="585" customFormat="1" ht="63.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="584">
         <v>21</v>
       </c>
-      <c r="B25" s="620" t="s">
-[...6 lines deleted...]
-      <c r="G25" s="620"/>
+      <c r="B25" s="627" t="s">
+        <v>495</v>
+      </c>
+      <c r="C25" s="627"/>
+      <c r="D25" s="627"/>
+      <c r="E25" s="627"/>
+      <c r="F25" s="627"/>
+      <c r="G25" s="627"/>
     </row>
     <row r="26" spans="1:7" s="585" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="584">
         <v>22</v>
       </c>
-      <c r="B26" s="620" t="s">
-[...6 lines deleted...]
-      <c r="G26" s="620"/>
+      <c r="B26" s="627" t="s">
+        <v>498</v>
+      </c>
+      <c r="C26" s="627"/>
+      <c r="D26" s="627"/>
+      <c r="E26" s="627"/>
+      <c r="F26" s="627"/>
+      <c r="G26" s="627"/>
     </row>
     <row r="27" spans="1:7" s="585" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="584"/>
-      <c r="B27" s="621" t="s">
+      <c r="B27" s="617" t="s">
         <v>357</v>
       </c>
-      <c r="C27" s="621"/>
-[...3 lines deleted...]
-      <c r="G27" s="621"/>
+      <c r="C27" s="617"/>
+      <c r="D27" s="617"/>
+      <c r="E27" s="617"/>
+      <c r="F27" s="617"/>
+      <c r="G27" s="617"/>
     </row>
     <row r="28" spans="1:7" s="585" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="584">
         <v>23</v>
       </c>
-      <c r="B28" s="617" t="s">
+      <c r="B28" s="621" t="s">
         <v>286</v>
       </c>
-      <c r="C28" s="617"/>
-[...3 lines deleted...]
-      <c r="G28" s="617"/>
+      <c r="C28" s="621"/>
+      <c r="D28" s="621"/>
+      <c r="E28" s="621"/>
+      <c r="F28" s="621"/>
+      <c r="G28" s="621"/>
     </row>
     <row r="29" spans="1:7" s="585" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="588">
         <v>24</v>
       </c>
-      <c r="B29" s="619" t="s">
+      <c r="B29" s="624" t="s">
         <v>288</v>
       </c>
-      <c r="C29" s="619"/>
-[...3 lines deleted...]
-      <c r="G29" s="619"/>
+      <c r="C29" s="624"/>
+      <c r="D29" s="624"/>
+      <c r="E29" s="624"/>
+      <c r="F29" s="624"/>
+      <c r="G29" s="624"/>
     </row>
     <row r="30" spans="1:7" s="585" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="584">
         <v>25</v>
       </c>
-      <c r="B30" s="619" t="s">
-[...6 lines deleted...]
-      <c r="G30" s="619"/>
+      <c r="B30" s="624" t="s">
+        <v>442</v>
+      </c>
+      <c r="C30" s="624"/>
+      <c r="D30" s="624"/>
+      <c r="E30" s="624"/>
+      <c r="F30" s="624"/>
+      <c r="G30" s="624"/>
     </row>
     <row r="31" spans="1:7" s="585" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="584">
         <v>26</v>
       </c>
-      <c r="B31" s="619" t="s">
-[...6 lines deleted...]
-      <c r="G31" s="619"/>
+      <c r="B31" s="624" t="s">
+        <v>438</v>
+      </c>
+      <c r="C31" s="624"/>
+      <c r="D31" s="624"/>
+      <c r="E31" s="624"/>
+      <c r="F31" s="624"/>
+      <c r="G31" s="624"/>
     </row>
     <row r="32" spans="1:7" s="585" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="588">
         <v>27</v>
       </c>
-      <c r="B32" s="619" t="s">
+      <c r="B32" s="624" t="s">
         <v>170</v>
       </c>
-      <c r="C32" s="619"/>
-[...3 lines deleted...]
-      <c r="G32" s="619"/>
+      <c r="C32" s="624"/>
+      <c r="D32" s="624"/>
+      <c r="E32" s="624"/>
+      <c r="F32" s="624"/>
+      <c r="G32" s="624"/>
     </row>
     <row r="33" spans="1:8" s="585" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="584">
         <v>28</v>
       </c>
-      <c r="B33" s="619" t="s">
-[...6 lines deleted...]
-      <c r="G33" s="619"/>
+      <c r="B33" s="624" t="s">
+        <v>500</v>
+      </c>
+      <c r="C33" s="624"/>
+      <c r="D33" s="624"/>
+      <c r="E33" s="624"/>
+      <c r="F33" s="624"/>
+      <c r="G33" s="624"/>
     </row>
     <row r="34" spans="1:8" s="585" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="584">
         <v>29</v>
       </c>
-      <c r="B34" s="619" t="s">
-[...6 lines deleted...]
-      <c r="G34" s="619"/>
+      <c r="B34" s="624" t="s">
+        <v>501</v>
+      </c>
+      <c r="C34" s="624"/>
+      <c r="D34" s="624"/>
+      <c r="E34" s="624"/>
+      <c r="F34" s="624"/>
+      <c r="G34" s="624"/>
     </row>
     <row r="35" spans="1:8" s="585" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="584">
         <v>30</v>
       </c>
-      <c r="B35" s="619" t="s">
-[...6 lines deleted...]
-      <c r="G35" s="619"/>
+      <c r="B35" s="624" t="s">
+        <v>504</v>
+      </c>
+      <c r="C35" s="624"/>
+      <c r="D35" s="624"/>
+      <c r="E35" s="624"/>
+      <c r="F35" s="624"/>
+      <c r="G35" s="624"/>
     </row>
     <row r="36" spans="1:8" s="585" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="588">
         <v>31</v>
       </c>
-      <c r="B36" s="619" t="s">
-[...6 lines deleted...]
-      <c r="G36" s="619"/>
+      <c r="B36" s="624" t="s">
+        <v>505</v>
+      </c>
+      <c r="C36" s="624"/>
+      <c r="D36" s="624"/>
+      <c r="E36" s="624"/>
+      <c r="F36" s="624"/>
+      <c r="G36" s="624"/>
     </row>
     <row r="37" spans="1:8" s="585" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="584">
         <v>32</v>
       </c>
-      <c r="B37" s="619" t="s">
-[...6 lines deleted...]
-      <c r="G37" s="619"/>
+      <c r="B37" s="624" t="s">
+        <v>506</v>
+      </c>
+      <c r="C37" s="624"/>
+      <c r="D37" s="624"/>
+      <c r="E37" s="624"/>
+      <c r="F37" s="624"/>
+      <c r="G37" s="624"/>
     </row>
     <row r="38" spans="1:8" s="585" customFormat="1" ht="52.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="584">
         <v>33</v>
       </c>
-      <c r="B38" s="619" t="s">
-[...6 lines deleted...]
-      <c r="G38" s="619"/>
+      <c r="B38" s="624" t="s">
+        <v>507</v>
+      </c>
+      <c r="C38" s="624"/>
+      <c r="D38" s="624"/>
+      <c r="E38" s="624"/>
+      <c r="F38" s="624"/>
+      <c r="G38" s="624"/>
     </row>
     <row r="39" spans="1:8" s="585" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="588">
         <v>34</v>
       </c>
-      <c r="B39" s="619" t="s">
-[...6 lines deleted...]
-      <c r="G39" s="619"/>
+      <c r="B39" s="624" t="s">
+        <v>508</v>
+      </c>
+      <c r="C39" s="624"/>
+      <c r="D39" s="624"/>
+      <c r="E39" s="624"/>
+      <c r="F39" s="624"/>
+      <c r="G39" s="624"/>
     </row>
     <row r="40" spans="1:8" s="585" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="584">
         <v>35</v>
       </c>
-      <c r="B40" s="619" t="s">
-[...6 lines deleted...]
-      <c r="G40" s="619"/>
+      <c r="B40" s="624" t="s">
+        <v>509</v>
+      </c>
+      <c r="C40" s="624"/>
+      <c r="D40" s="624"/>
+      <c r="E40" s="624"/>
+      <c r="F40" s="624"/>
+      <c r="G40" s="624"/>
     </row>
     <row r="41" spans="1:8" s="585" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="584"/>
-      <c r="B41" s="623" t="s">
+      <c r="B41" s="620" t="s">
         <v>358</v>
       </c>
-      <c r="C41" s="623"/>
-[...3 lines deleted...]
-      <c r="G41" s="623"/>
+      <c r="C41" s="620"/>
+      <c r="D41" s="620"/>
+      <c r="E41" s="620"/>
+      <c r="F41" s="620"/>
+      <c r="G41" s="620"/>
     </row>
     <row r="42" spans="1:8" s="585" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="584">
         <v>36</v>
       </c>
-      <c r="B42" s="619" t="s">
-[...6 lines deleted...]
-      <c r="G42" s="619"/>
+      <c r="B42" s="624" t="s">
+        <v>440</v>
+      </c>
+      <c r="C42" s="624"/>
+      <c r="D42" s="624"/>
+      <c r="E42" s="624"/>
+      <c r="F42" s="624"/>
+      <c r="G42" s="624"/>
     </row>
     <row r="43" spans="1:8" s="585" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="584">
         <v>37</v>
       </c>
-      <c r="B43" s="618" t="s">
+      <c r="B43" s="625" t="s">
         <v>99</v>
       </c>
-      <c r="C43" s="618"/>
-[...3 lines deleted...]
-      <c r="G43" s="618"/>
+      <c r="C43" s="625"/>
+      <c r="D43" s="625"/>
+      <c r="E43" s="625"/>
+      <c r="F43" s="625"/>
+      <c r="G43" s="625"/>
       <c r="H43" s="586"/>
     </row>
     <row r="44" spans="1:8" s="585" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="584">
         <v>38</v>
       </c>
-      <c r="B44" s="618" t="s">
+      <c r="B44" s="625" t="s">
         <v>100</v>
       </c>
-      <c r="C44" s="618"/>
-[...3 lines deleted...]
-      <c r="G44" s="618"/>
+      <c r="C44" s="625"/>
+      <c r="D44" s="625"/>
+      <c r="E44" s="625"/>
+      <c r="F44" s="625"/>
+      <c r="G44" s="625"/>
       <c r="H44" s="586"/>
     </row>
     <row r="47" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A47" s="564" t="s">
         <v>392</v>
       </c>
-      <c r="D47" s="622">
+      <c r="D47" s="628">
         <v>46016</v>
       </c>
     </row>
     <row r="48" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A48" s="125" t="s">
         <v>393</v>
       </c>
-      <c r="D48" s="622"/>
+      <c r="D48" s="628"/>
     </row>
   </sheetData>
   <mergeCells count="45">
+    <mergeCell ref="B21:G21"/>
+    <mergeCell ref="B23:G23"/>
+    <mergeCell ref="B24:G24"/>
+    <mergeCell ref="B28:G28"/>
+    <mergeCell ref="B43:G43"/>
+    <mergeCell ref="B39:G39"/>
+    <mergeCell ref="B26:G26"/>
+    <mergeCell ref="B27:G27"/>
+    <mergeCell ref="D47:D48"/>
+    <mergeCell ref="B32:G32"/>
+    <mergeCell ref="B33:G33"/>
+    <mergeCell ref="B22:G22"/>
+    <mergeCell ref="B44:G44"/>
+    <mergeCell ref="B11:G11"/>
+    <mergeCell ref="B13:G13"/>
+    <mergeCell ref="B42:G42"/>
+    <mergeCell ref="B34:G34"/>
+    <mergeCell ref="B35:G35"/>
+    <mergeCell ref="B36:G36"/>
+    <mergeCell ref="B37:G37"/>
+    <mergeCell ref="B38:G38"/>
+    <mergeCell ref="B40:G40"/>
+    <mergeCell ref="B29:G29"/>
+    <mergeCell ref="B30:G30"/>
+    <mergeCell ref="B31:G31"/>
+    <mergeCell ref="B41:G41"/>
+    <mergeCell ref="B17:G17"/>
+    <mergeCell ref="B25:G25"/>
+    <mergeCell ref="B19:G19"/>
     <mergeCell ref="B16:G16"/>
     <mergeCell ref="B20:G20"/>
     <mergeCell ref="B14:G14"/>
     <mergeCell ref="B18:G18"/>
     <mergeCell ref="B1:G1"/>
     <mergeCell ref="B2:G2"/>
     <mergeCell ref="B4:G4"/>
     <mergeCell ref="B15:G15"/>
     <mergeCell ref="B5:G5"/>
     <mergeCell ref="B3:G3"/>
     <mergeCell ref="B7:G7"/>
     <mergeCell ref="B12:G12"/>
     <mergeCell ref="B8:G8"/>
     <mergeCell ref="B9:G9"/>
     <mergeCell ref="B10:G10"/>
     <mergeCell ref="B6:G6"/>
-    <mergeCell ref="B11:G11"/>
-[...27 lines deleted...]
-    <mergeCell ref="B27:G27"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B3:G3" location="'1'!A1" display="'1'!A1" xr:uid="{668F1676-8A71-4B50-BE27-2199944A6D7A}"/>
     <hyperlink ref="B4:G4" location="'2'!A1" display="'2'!A1" xr:uid="{A055B4F4-9A99-4DA8-B4F2-123526179C7D}"/>
     <hyperlink ref="B5:G5" location="'3'!A1" display="'3'!A1" xr:uid="{46ADAC5A-F536-4C83-A7F0-BC1609CDB383}"/>
     <hyperlink ref="B6:G6" location="'4'!A1" display="'4'!A1" xr:uid="{1F6D6066-8DAE-4867-8E46-77F8BC137921}"/>
     <hyperlink ref="B7:G7" location="'5'!A1" display="'5'!A1" xr:uid="{5DC68B23-DAA0-44D5-A496-081953817973}"/>
     <hyperlink ref="B8:G8" location="'6'!A1" display="'6'!A1" xr:uid="{D9DE13F3-0517-46C3-AB97-D8CD7D530D74}"/>
     <hyperlink ref="B9:G9" location="'7'!A1" display="'7'!A1" xr:uid="{929DEC2A-CC83-47C5-8CA1-554814E85D13}"/>
     <hyperlink ref="B10:G10" location="'8'!A1" display="'8'!A1" xr:uid="{0F8D8A51-A00B-4666-A5A9-AC861ED096C7}"/>
     <hyperlink ref="B11:G11" location="'9'!A1" display="'9'!A1" xr:uid="{2CF811A5-6B29-4892-8AE6-0D82B832DD50}"/>
     <hyperlink ref="B13:G13" location="'10'!A1" display="'10'!A1" xr:uid="{041C1645-AD78-4BD2-ADB9-50DA28FB3C93}"/>
     <hyperlink ref="B14:G14" location="'11'!A1" display="'11'!A1" xr:uid="{2B4CBE46-AB46-46AA-95BE-791BA945CE08}"/>
     <hyperlink ref="B15:G15" location="'12'!A1" display="'12'!A1" xr:uid="{5917F9D8-40E3-4642-AD01-E043B90F5524}"/>
     <hyperlink ref="B16:G16" location="'13'!A1" display="'13'!A1" xr:uid="{7D5B4414-CB76-4338-ACDD-CB8CA7F62B97}"/>
     <hyperlink ref="B17:G17" location="'14'!A1" display="'14'!A1" xr:uid="{38AEF125-FAC6-44B1-A560-C70472CBD550}"/>
     <hyperlink ref="B19:G19" location="'16'!A1" display="'16'!A1" xr:uid="{0E3BA0A7-B476-4EA2-AAB0-9F7023749E25}"/>
     <hyperlink ref="B18:G18" location="'15'!A1" display="'15'!A1" xr:uid="{AD3EE055-99C6-44F3-B8AD-D623FF4B20BA}"/>
     <hyperlink ref="B21:G21" location="'17'!A1" display="'17'!A1" xr:uid="{5A1A688A-FE91-40A1-A0B7-D0B6EF5AD2E1}"/>
     <hyperlink ref="B22:G22" location="'18'!A1" display="'18'!A1" xr:uid="{21286D3B-5554-4307-A7B0-723F0F58B015}"/>
     <hyperlink ref="B23:G23" location="'19'!A1" display="'19'!A1" xr:uid="{7B7CC95C-411E-44A5-A515-81907647D3CA}"/>
     <hyperlink ref="B24:G24" location="'20'!A1" display="'20'!A1" xr:uid="{F9047222-B88F-4514-B408-E8C865AF53E2}"/>
     <hyperlink ref="B25:G25" location="'21'!A1" display="'21'!A1" xr:uid="{0174A233-8642-486A-8B09-FD704A962B1D}"/>
     <hyperlink ref="B26:G26" location="'22'!A1" display="'22'!A1" xr:uid="{C1AE0358-B06D-47EB-90F8-5FBDD91996D2}"/>
     <hyperlink ref="B28:G28" location="'23'!A1" display="'23'!A1" xr:uid="{72D8077A-9878-4D3E-8CCA-39AD8D6B7B4F}"/>
@@ -33144,64 +33144,64 @@
       </c>
       <c r="H1" s="630" t="s">
         <v>50</v>
       </c>
       <c r="I1" s="630" t="s">
         <v>50</v>
       </c>
       <c r="J1" s="9"/>
     </row>
     <row r="2" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A2" s="652" t="s">
         <v>51</v>
       </c>
       <c r="B2" s="652"/>
       <c r="C2" s="652"/>
       <c r="D2" s="652"/>
       <c r="E2" s="652"/>
       <c r="F2" s="652"/>
       <c r="G2" s="652"/>
       <c r="H2" s="652"/>
       <c r="I2" s="652"/>
       <c r="J2" s="38"/>
     </row>
     <row r="3" spans="1:13" s="39" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="631" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="B3" s="631"/>
       <c r="C3" s="631"/>
       <c r="D3" s="631"/>
       <c r="E3" s="631"/>
       <c r="F3" s="631"/>
       <c r="G3" s="631"/>
       <c r="H3" s="631"/>
       <c r="I3" s="631"/>
     </row>
     <row r="4" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A4" s="650" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="B4" s="650"/>
       <c r="C4" s="650"/>
       <c r="D4" s="650"/>
       <c r="E4" s="650"/>
       <c r="F4" s="650"/>
       <c r="G4" s="650"/>
       <c r="H4" s="650"/>
       <c r="I4" s="650"/>
       <c r="J4" s="10"/>
     </row>
     <row r="5" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="G5" s="37"/>
       <c r="H5" s="37"/>
       <c r="I5" s="37"/>
       <c r="J5" s="37"/>
     </row>
     <row r="6" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A6" s="16"/>
       <c r="B6" s="26">
         <v>2020</v>
       </c>
       <c r="C6" s="24">
         <v>2021</v>
       </c>
@@ -33448,51 +33448,51 @@
       </c>
       <c r="D16" s="33">
         <v>2.1</v>
       </c>
       <c r="E16" s="208">
         <v>2</v>
       </c>
       <c r="F16" s="33">
         <v>1.9</v>
       </c>
       <c r="G16" s="11"/>
       <c r="H16" s="11"/>
       <c r="I16" s="11"/>
       <c r="J16" s="11"/>
     </row>
     <row r="17" spans="1:14" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="40"/>
       <c r="B17" s="47"/>
       <c r="C17" s="47"/>
       <c r="D17" s="47"/>
       <c r="E17" s="47"/>
       <c r="F17" s="47"/>
     </row>
     <row r="18" spans="1:14" ht="75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="646" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="B18" s="646"/>
       <c r="C18" s="646"/>
       <c r="D18" s="646"/>
       <c r="E18" s="646"/>
       <c r="F18" s="646"/>
       <c r="G18" s="646"/>
       <c r="H18" s="646"/>
     </row>
     <row r="19" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A19" s="22"/>
       <c r="B19" s="37"/>
       <c r="C19" s="37"/>
       <c r="D19" s="37"/>
       <c r="E19" s="37"/>
       <c r="F19" s="37"/>
       <c r="G19" s="37"/>
       <c r="H19" s="37"/>
     </row>
     <row r="20" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A20" s="22"/>
       <c r="B20" s="37"/>
       <c r="C20" s="37"/>
       <c r="D20" s="37"/>
       <c r="E20" s="37"/>
@@ -33609,75 +33609,75 @@
     <mergeCell ref="A4:I4"/>
     <mergeCell ref="A18:H18"/>
   </mergeCells>
   <pageMargins left="0.82677165354330717" right="0.23622047244094491" top="0.55118110236220474" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet31.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2FCCB2A6-A451-434E-A109-6A7729742C43}">
   <dimension ref="A1:S83"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A3" sqref="A3:I3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="17.5703125" style="99" customWidth="1"/>
     <col min="2" max="6" width="9.7109375" style="99" customWidth="1"/>
     <col min="7" max="10" width="7.7109375" style="99" customWidth="1"/>
     <col min="11" max="16384" width="9.140625" style="99"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A1" s="623" t="s">
+      <c r="A1" s="620" t="s">
         <v>293</v>
       </c>
-      <c r="B1" s="623" t="s">
+      <c r="B1" s="620" t="s">
         <v>47</v>
       </c>
-      <c r="C1" s="623" t="s">
+      <c r="C1" s="620" t="s">
         <v>47</v>
       </c>
-      <c r="D1" s="623" t="s">
+      <c r="D1" s="620" t="s">
         <v>47</v>
       </c>
-      <c r="E1" s="623" t="s">
+      <c r="E1" s="620" t="s">
         <v>47</v>
       </c>
-      <c r="F1" s="623" t="s">
+      <c r="F1" s="620" t="s">
         <v>47</v>
       </c>
-      <c r="G1" s="623" t="s">
+      <c r="G1" s="620" t="s">
         <v>47</v>
       </c>
-      <c r="H1" s="623" t="s">
+      <c r="H1" s="620" t="s">
         <v>47</v>
       </c>
-      <c r="I1" s="623" t="s">
+      <c r="I1" s="620" t="s">
         <v>47</v>
       </c>
       <c r="J1" s="9"/>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A2" s="648" t="s">
         <v>38</v>
       </c>
       <c r="B2" s="648"/>
       <c r="C2" s="648"/>
       <c r="D2" s="648"/>
       <c r="E2" s="648"/>
       <c r="F2" s="648"/>
       <c r="G2" s="648"/>
       <c r="H2" s="648"/>
       <c r="I2" s="648"/>
       <c r="J2" s="38"/>
     </row>
     <row r="3" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="649" t="s">
         <v>294</v>
       </c>
       <c r="B3" s="649"/>
       <c r="C3" s="649"/>
       <c r="D3" s="649"/>
@@ -35375,51 +35375,51 @@
       <c r="C1" s="721"/>
       <c r="D1" s="721"/>
       <c r="E1" s="721"/>
       <c r="F1" s="721"/>
       <c r="G1" s="721"/>
       <c r="H1" s="721"/>
       <c r="I1" s="721"/>
       <c r="J1" s="9"/>
     </row>
     <row r="2" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A2" s="652" t="s">
         <v>38</v>
       </c>
       <c r="B2" s="652"/>
       <c r="C2" s="652"/>
       <c r="D2" s="652"/>
       <c r="E2" s="652"/>
       <c r="F2" s="652"/>
       <c r="G2" s="652"/>
       <c r="H2" s="652"/>
       <c r="I2" s="652"/>
       <c r="J2" s="38"/>
     </row>
     <row r="3" spans="1:13" s="39" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="631" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="B3" s="631"/>
       <c r="C3" s="631"/>
       <c r="D3" s="631"/>
       <c r="E3" s="631"/>
       <c r="F3" s="631"/>
       <c r="G3" s="631"/>
       <c r="H3" s="631"/>
       <c r="I3" s="631"/>
     </row>
     <row r="4" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A4" s="650" t="s">
         <v>39</v>
       </c>
       <c r="B4" s="650"/>
       <c r="C4" s="650"/>
       <c r="D4" s="650"/>
       <c r="E4" s="650"/>
       <c r="F4" s="650"/>
       <c r="G4" s="650"/>
       <c r="H4" s="650"/>
       <c r="I4" s="650"/>
       <c r="J4" s="10"/>
     </row>
     <row r="5" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
@@ -36231,51 +36231,51 @@
       <c r="K1" s="76"/>
       <c r="L1" s="76"/>
       <c r="M1" s="76"/>
       <c r="N1" s="9"/>
     </row>
     <row r="2" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A2" s="652" t="s">
         <v>38</v>
       </c>
       <c r="B2" s="652"/>
       <c r="C2" s="652"/>
       <c r="D2" s="652"/>
       <c r="E2" s="652"/>
       <c r="F2" s="652"/>
       <c r="G2" s="652"/>
       <c r="H2" s="652"/>
       <c r="I2" s="77"/>
       <c r="J2" s="77"/>
       <c r="K2" s="77"/>
       <c r="L2" s="77"/>
       <c r="M2" s="77"/>
       <c r="N2" s="38"/>
     </row>
     <row r="3" spans="1:17" s="39" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="631" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="B3" s="631"/>
       <c r="C3" s="631"/>
       <c r="D3" s="631"/>
       <c r="E3" s="631"/>
       <c r="F3" s="631"/>
       <c r="G3" s="631"/>
       <c r="H3" s="631"/>
     </row>
     <row r="4" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A4" s="650" t="s">
         <v>39</v>
       </c>
       <c r="B4" s="650"/>
       <c r="C4" s="650"/>
       <c r="D4" s="650"/>
       <c r="E4" s="650"/>
       <c r="F4" s="650"/>
       <c r="G4" s="650"/>
       <c r="H4" s="650"/>
       <c r="I4" s="10"/>
       <c r="J4" s="10"/>
       <c r="K4" s="10"/>
       <c r="L4" s="10"/>
       <c r="M4" s="10"/>
@@ -37368,100 +37368,100 @@
       <c r="C1" s="721"/>
       <c r="D1" s="721"/>
       <c r="E1" s="721"/>
       <c r="F1" s="721"/>
       <c r="G1" s="721"/>
       <c r="H1" s="721"/>
       <c r="I1" s="721"/>
       <c r="J1" s="9"/>
     </row>
     <row r="2" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A2" s="652" t="s">
         <v>308</v>
       </c>
       <c r="B2" s="652"/>
       <c r="C2" s="652"/>
       <c r="D2" s="652"/>
       <c r="E2" s="652"/>
       <c r="F2" s="652"/>
       <c r="G2" s="652"/>
       <c r="H2" s="652"/>
       <c r="I2" s="652"/>
       <c r="J2" s="38"/>
     </row>
     <row r="3" spans="1:13" s="39" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="631" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="B3" s="631"/>
       <c r="C3" s="631"/>
       <c r="D3" s="631"/>
       <c r="E3" s="631"/>
       <c r="F3" s="631"/>
       <c r="G3" s="631"/>
       <c r="H3" s="631"/>
       <c r="I3" s="631"/>
     </row>
     <row r="4" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A4" s="650" t="s">
         <v>309</v>
       </c>
       <c r="B4" s="650"/>
       <c r="C4" s="650"/>
       <c r="D4" s="650"/>
       <c r="E4" s="650"/>
       <c r="F4" s="650"/>
       <c r="G4" s="650"/>
       <c r="H4" s="650"/>
       <c r="I4" s="650"/>
       <c r="J4" s="10"/>
     </row>
     <row r="5" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="G5" s="37"/>
       <c r="H5" s="37"/>
       <c r="I5" s="37"/>
       <c r="J5" s="37"/>
     </row>
     <row r="6" spans="1:13" ht="71.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="270"/>
       <c r="B6" s="542" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="C6" s="595" t="s">
         <v>53</v>
       </c>
       <c r="D6" s="596" t="s">
         <v>66</v>
       </c>
       <c r="E6" s="596" t="s">
         <v>67</v>
       </c>
       <c r="F6" s="597" t="s">
         <v>68</v>
       </c>
       <c r="G6" s="598" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="H6" s="13"/>
       <c r="I6" s="13"/>
       <c r="J6" s="13"/>
     </row>
     <row r="7" spans="1:13" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="27">
         <v>84.1</v>
       </c>
       <c r="C7" s="28">
         <v>93.6</v>
       </c>
       <c r="D7" s="28">
         <v>97.1</v>
       </c>
       <c r="E7" s="28">
         <v>89.2</v>
       </c>
       <c r="F7" s="28">
         <v>79.099999999999994</v>
       </c>
       <c r="G7" s="11">
@@ -37856,75 +37856,75 @@
   </mergeCells>
   <pageMargins left="0.82677165354330717" right="0.23622047244094491" top="0.55118110236220474" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet35.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5673226C-726A-4335-A5FB-D7B39AD121F7}">
   <dimension ref="A1:V18"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A3" sqref="A3:H3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="1"/>
     <col min="2" max="2" width="11.85546875" customWidth="1"/>
     <col min="3" max="4" width="17.5703125" customWidth="1"/>
     <col min="5" max="5" width="9.7109375" customWidth="1"/>
     <col min="6" max="6" width="10.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="724" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="B1" s="724"/>
       <c r="C1" s="724"/>
       <c r="D1" s="724"/>
       <c r="E1" s="724"/>
       <c r="F1" s="724"/>
       <c r="G1" s="724"/>
       <c r="H1" s="724"/>
     </row>
     <row r="2" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A2" s="648" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="B2" s="648"/>
       <c r="C2" s="648"/>
       <c r="D2" s="648"/>
       <c r="E2" s="648"/>
       <c r="F2" s="648"/>
       <c r="G2" s="648"/>
       <c r="H2" s="648"/>
     </row>
     <row r="3" spans="1:22" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="631" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="B3" s="631"/>
       <c r="C3" s="631"/>
       <c r="D3" s="631"/>
       <c r="E3" s="631"/>
       <c r="F3" s="631"/>
       <c r="G3" s="631"/>
       <c r="H3" s="631"/>
       <c r="O3" s="94"/>
       <c r="P3" s="94"/>
       <c r="Q3" s="94"/>
       <c r="R3" s="94"/>
       <c r="S3" s="94"/>
       <c r="T3" s="94"/>
       <c r="U3" s="94"/>
       <c r="V3" s="94"/>
     </row>
     <row r="4" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A4" s="650" t="s">
         <v>307</v>
       </c>
       <c r="B4" s="650"/>
       <c r="C4" s="650"/>
       <c r="D4" s="650"/>
       <c r="E4" s="650"/>
@@ -38214,75 +38214,75 @@
 </file>
 
 <file path=xl/worksheets/sheet36.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{02A1A3A2-2376-4F56-90D8-609BD75E2617}">
   <dimension ref="A1:Q19"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A3" sqref="A3:H3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15" style="78" customWidth="1"/>
     <col min="2" max="2" width="8.28515625" style="78" customWidth="1"/>
     <col min="3" max="3" width="9.7109375" style="78" customWidth="1"/>
     <col min="4" max="4" width="10.7109375" style="78" customWidth="1"/>
     <col min="5" max="5" width="12.140625" style="78" customWidth="1"/>
     <col min="6" max="6" width="14.42578125" style="78" customWidth="1"/>
     <col min="7" max="7" width="21" style="78" customWidth="1"/>
     <col min="8" max="8" width="22.140625" style="78" customWidth="1"/>
     <col min="9" max="16384" width="9.140625" style="78"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="724" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="B1" s="724"/>
       <c r="C1" s="724"/>
       <c r="D1" s="724"/>
       <c r="E1" s="724"/>
       <c r="F1" s="724"/>
       <c r="G1" s="724"/>
       <c r="H1" s="724"/>
     </row>
     <row r="2" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A2" s="648" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="B2" s="648"/>
       <c r="C2" s="648"/>
       <c r="D2" s="648"/>
       <c r="E2" s="648"/>
       <c r="F2" s="648"/>
       <c r="G2" s="648"/>
       <c r="H2" s="648"/>
     </row>
     <row r="3" spans="1:17" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="631" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="B3" s="631"/>
       <c r="C3" s="631"/>
       <c r="D3" s="631"/>
       <c r="E3" s="631"/>
       <c r="F3" s="631"/>
       <c r="G3" s="631"/>
       <c r="H3" s="631"/>
     </row>
     <row r="4" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A4" s="650" t="s">
         <v>307</v>
       </c>
       <c r="B4" s="650"/>
       <c r="C4" s="650"/>
       <c r="D4" s="650"/>
       <c r="E4" s="650"/>
       <c r="F4" s="650"/>
       <c r="G4" s="650"/>
       <c r="H4" s="650"/>
     </row>
     <row r="5" spans="1:17" x14ac:dyDescent="0.25">
       <c r="A5" s="46"/>
       <c r="B5" s="46"/>
       <c r="C5" s="46"/>
@@ -38611,118 +38611,118 @@
     <mergeCell ref="A4:H4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet37.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{484B475A-BA2A-4176-82B5-BAE26FCE3009}">
   <dimension ref="A1:L30"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="I12" sqref="I12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15" style="78" customWidth="1"/>
     <col min="2" max="5" width="21.85546875" style="78" customWidth="1"/>
     <col min="6" max="9" width="7.7109375" style="78" customWidth="1"/>
     <col min="10" max="16384" width="9.140625" style="78"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="630" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="B1" s="630"/>
       <c r="C1" s="630"/>
       <c r="D1" s="630"/>
       <c r="E1" s="630"/>
       <c r="F1" s="630"/>
       <c r="G1" s="630"/>
       <c r="H1" s="630"/>
       <c r="I1" s="9"/>
     </row>
     <row r="2" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A2" s="648" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="B2" s="648"/>
       <c r="C2" s="648"/>
       <c r="D2" s="648"/>
       <c r="E2" s="648"/>
       <c r="F2" s="648"/>
       <c r="G2" s="648"/>
       <c r="H2" s="648"/>
       <c r="I2" s="38"/>
     </row>
     <row r="3" spans="1:12" s="39" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="649" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="B3" s="649"/>
       <c r="C3" s="649"/>
       <c r="D3" s="649"/>
       <c r="E3" s="649"/>
       <c r="F3" s="649"/>
       <c r="G3" s="649"/>
       <c r="H3" s="649"/>
     </row>
     <row r="4" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A4" s="650" t="s">
         <v>307</v>
       </c>
       <c r="B4" s="650"/>
       <c r="C4" s="650"/>
       <c r="D4" s="650"/>
       <c r="E4" s="650"/>
       <c r="F4" s="650"/>
       <c r="G4" s="650"/>
       <c r="H4" s="650"/>
       <c r="I4" s="10"/>
     </row>
     <row r="5" spans="1:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F5" s="79"/>
       <c r="G5" s="79"/>
       <c r="H5" s="79"/>
       <c r="I5" s="79"/>
     </row>
     <row r="6" spans="1:12" ht="124.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="16"/>
       <c r="B6" s="536" t="s">
         <v>314</v>
       </c>
       <c r="C6" s="536" t="s">
         <v>316</v>
       </c>
       <c r="D6" s="536" t="s">
         <v>315</v>
       </c>
       <c r="E6" s="537" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="F6" s="13"/>
       <c r="G6" s="13"/>
       <c r="H6" s="13"/>
       <c r="I6" s="13"/>
     </row>
     <row r="7" spans="1:12" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="27">
         <v>68.8</v>
       </c>
       <c r="C7" s="28">
         <v>20.6</v>
       </c>
       <c r="D7" s="28">
         <v>8.6</v>
       </c>
       <c r="E7" s="139">
         <v>2</v>
       </c>
       <c r="F7" s="11"/>
       <c r="G7" s="11"/>
       <c r="H7" s="11"/>
@@ -39083,101 +39083,101 @@
     <col min="14" max="14" width="9.7109375" style="99" customWidth="1"/>
     <col min="15" max="16" width="10.7109375" style="99" customWidth="1"/>
     <col min="17" max="19" width="9.7109375" style="82" customWidth="1"/>
     <col min="20" max="20" width="10.7109375" style="82" customWidth="1"/>
     <col min="21" max="21" width="10.5703125" style="82" customWidth="1"/>
     <col min="22" max="22" width="16.42578125" style="82" customWidth="1"/>
     <col min="23" max="23" width="17.85546875" style="82" customWidth="1"/>
     <col min="24" max="24" width="11.140625" style="82" customWidth="1"/>
     <col min="25" max="25" width="10.7109375" style="82" customWidth="1"/>
     <col min="26" max="26" width="15.42578125" style="82" customWidth="1"/>
     <col min="27" max="27" width="12.85546875" style="82" customWidth="1"/>
     <col min="28" max="28" width="21.28515625" style="82" customWidth="1"/>
     <col min="29" max="29" width="17" style="82" customWidth="1"/>
     <col min="30" max="30" width="10.5703125" style="82" customWidth="1"/>
     <col min="31" max="31" width="12.5703125" style="82" customWidth="1"/>
     <col min="32" max="32" width="14" style="82" customWidth="1"/>
     <col min="33" max="33" width="21.85546875" style="82" customWidth="1"/>
     <col min="34" max="34" width="14.42578125" style="82" customWidth="1"/>
     <col min="35" max="35" width="22.7109375" style="82" customWidth="1"/>
     <col min="36" max="36" width="23.7109375" style="82" customWidth="1"/>
     <col min="37" max="16384" width="9.140625" style="82"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="85" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="B1" s="85"/>
       <c r="C1" s="85"/>
       <c r="D1" s="85"/>
       <c r="E1" s="85"/>
       <c r="F1" s="85"/>
       <c r="G1" s="85"/>
       <c r="H1" s="85"/>
       <c r="I1" s="85"/>
       <c r="J1" s="85"/>
       <c r="K1" s="85"/>
       <c r="L1" s="85"/>
       <c r="M1" s="85"/>
       <c r="N1" s="85"/>
       <c r="O1" s="85"/>
       <c r="P1" s="85"/>
       <c r="Q1" s="85"/>
       <c r="R1" s="85"/>
       <c r="S1" s="85"/>
       <c r="T1" s="85"/>
       <c r="U1" s="9"/>
     </row>
     <row r="2" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A2" s="77" t="s">
         <v>58</v>
       </c>
       <c r="B2" s="77"/>
       <c r="C2" s="77"/>
       <c r="D2" s="77"/>
       <c r="E2" s="77"/>
       <c r="F2" s="77"/>
       <c r="G2" s="77"/>
       <c r="H2" s="77"/>
       <c r="I2" s="77"/>
       <c r="J2" s="77"/>
       <c r="K2" s="77"/>
       <c r="L2" s="77"/>
       <c r="M2" s="77"/>
       <c r="N2" s="77"/>
       <c r="O2" s="77"/>
       <c r="P2" s="77"/>
       <c r="Q2" s="77"/>
       <c r="R2" s="77"/>
       <c r="S2" s="77"/>
       <c r="T2" s="77"/>
       <c r="U2" s="38"/>
     </row>
     <row r="3" spans="1:22" s="39" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="39" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
     </row>
     <row r="4" spans="1:22" x14ac:dyDescent="0.25">
       <c r="A4" s="10" t="s">
         <v>57</v>
       </c>
       <c r="B4" s="10"/>
       <c r="C4" s="10"/>
       <c r="D4" s="10"/>
       <c r="E4" s="10"/>
       <c r="F4" s="10"/>
       <c r="G4" s="10"/>
       <c r="H4" s="10"/>
       <c r="I4" s="10"/>
       <c r="J4" s="10"/>
       <c r="K4" s="10"/>
       <c r="L4" s="10"/>
       <c r="M4" s="10"/>
       <c r="N4" s="10"/>
       <c r="O4" s="10"/>
       <c r="P4" s="10"/>
       <c r="Q4" s="10"/>
       <c r="R4" s="10"/>
       <c r="S4" s="10"/>
       <c r="T4" s="10"/>
@@ -39352,51 +39352,51 @@
       </c>
       <c r="P8" s="281">
         <v>43.3</v>
       </c>
       <c r="Q8" s="279">
         <v>67.099999999999994</v>
       </c>
       <c r="R8" s="277">
         <v>69.7</v>
       </c>
       <c r="S8" s="277">
         <v>58.9</v>
       </c>
       <c r="T8" s="277">
         <v>61.8</v>
       </c>
       <c r="U8" s="280">
         <v>71.8</v>
       </c>
       <c r="V8" s="557">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:22" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="548" t="s">
-        <v>461</v>
+        <v>459</v>
       </c>
       <c r="B9" s="279">
         <v>3.6</v>
       </c>
       <c r="C9" s="277">
         <v>4.5</v>
       </c>
       <c r="D9" s="277">
         <v>2.5</v>
       </c>
       <c r="E9" s="277">
         <v>3.1</v>
       </c>
       <c r="F9" s="281">
         <v>4.0999999999999996</v>
       </c>
       <c r="G9" s="279">
         <v>54.7</v>
       </c>
       <c r="H9" s="277">
         <v>58</v>
       </c>
       <c r="I9" s="277">
         <v>42.9</v>
       </c>
@@ -39760,51 +39760,51 @@
       </c>
       <c r="P14" s="281">
         <v>33.200000000000003</v>
       </c>
       <c r="Q14" s="279">
         <v>45.8</v>
       </c>
       <c r="R14" s="277">
         <v>50.3</v>
       </c>
       <c r="S14" s="277">
         <v>31.7</v>
       </c>
       <c r="T14" s="277">
         <v>44.6</v>
       </c>
       <c r="U14" s="281">
         <v>46.9</v>
       </c>
       <c r="V14" s="559">
         <v>8.9</v>
       </c>
     </row>
     <row r="15" spans="1:22" ht="55.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="548" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="B15" s="279">
         <v>32.700000000000003</v>
       </c>
       <c r="C15" s="277">
         <v>33.299999999999997</v>
       </c>
       <c r="D15" s="277">
         <v>32</v>
       </c>
       <c r="E15" s="277">
         <v>32.5</v>
       </c>
       <c r="F15" s="281">
         <v>32.9</v>
       </c>
       <c r="G15" s="279">
         <v>94.4</v>
       </c>
       <c r="H15" s="277">
         <v>94.7</v>
       </c>
       <c r="I15" s="277">
         <v>93.5</v>
       </c>
@@ -39964,51 +39964,51 @@
       </c>
       <c r="P17" s="281">
         <v>24.7</v>
       </c>
       <c r="Q17" s="279">
         <v>41.4</v>
       </c>
       <c r="R17" s="277">
         <v>44.9</v>
       </c>
       <c r="S17" s="277">
         <v>30.4</v>
       </c>
       <c r="T17" s="277">
         <v>28.7</v>
       </c>
       <c r="U17" s="281">
         <v>52.5</v>
       </c>
       <c r="V17" s="558">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:22" ht="88.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="550" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="B18" s="279">
         <v>1.6</v>
       </c>
       <c r="C18" s="277">
         <v>2.1</v>
       </c>
       <c r="D18" s="277">
         <v>1</v>
       </c>
       <c r="E18" s="277">
         <v>1.9</v>
       </c>
       <c r="F18" s="281">
         <v>1.3</v>
       </c>
       <c r="G18" s="279">
         <v>36</v>
       </c>
       <c r="H18" s="277">
         <v>40.6</v>
       </c>
       <c r="I18" s="277">
         <v>19.8</v>
       </c>
@@ -40780,51 +40780,51 @@
       </c>
       <c r="P29" s="281">
         <v>11.6</v>
       </c>
       <c r="Q29" s="279">
         <v>48.1</v>
       </c>
       <c r="R29" s="277">
         <v>51.6</v>
       </c>
       <c r="S29" s="277">
         <v>37.200000000000003</v>
       </c>
       <c r="T29" s="277">
         <v>50.4</v>
       </c>
       <c r="U29" s="281">
         <v>46.1</v>
       </c>
       <c r="V29" s="558">
         <v>22.3</v>
       </c>
     </row>
     <row r="30" spans="1:22" ht="42" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="548" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="B30" s="279">
         <v>20.399999999999999</v>
       </c>
       <c r="C30" s="277">
         <v>22.1</v>
       </c>
       <c r="D30" s="277">
         <v>18.2</v>
       </c>
       <c r="E30" s="277">
         <v>21.6</v>
       </c>
       <c r="F30" s="281">
         <v>19.2</v>
       </c>
       <c r="G30" s="279">
         <v>91.3</v>
       </c>
       <c r="H30" s="277">
         <v>92.4</v>
       </c>
       <c r="I30" s="277">
         <v>87.3</v>
       </c>
@@ -41099,77 +41099,77 @@
 
 <file path=xl/worksheets/sheet39.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CC72021E-17A4-4D1A-824D-6F3FE828B4D4}">
   <dimension ref="A1:L30"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="N5" sqref="N5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15" style="80" customWidth="1"/>
     <col min="2" max="2" width="13" style="80" customWidth="1"/>
     <col min="3" max="3" width="13.7109375" style="80" customWidth="1"/>
     <col min="4" max="4" width="13" style="80" customWidth="1"/>
     <col min="5" max="5" width="18.28515625" style="80" customWidth="1"/>
     <col min="6" max="6" width="17.5703125" style="80" customWidth="1"/>
     <col min="7" max="7" width="21.85546875" style="80" customWidth="1"/>
     <col min="8" max="8" width="10.7109375" style="80" customWidth="1"/>
     <col min="9" max="9" width="11.85546875" style="80" customWidth="1"/>
     <col min="10" max="16384" width="9.140625" style="80"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="630" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="B1" s="630"/>
       <c r="C1" s="630"/>
       <c r="D1" s="630"/>
       <c r="E1" s="630"/>
       <c r="F1" s="630"/>
       <c r="G1" s="630"/>
       <c r="H1" s="630"/>
       <c r="I1" s="9"/>
     </row>
     <row r="2" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A2" s="652" t="s">
         <v>231</v>
       </c>
       <c r="B2" s="652"/>
       <c r="C2" s="652"/>
       <c r="D2" s="652"/>
       <c r="E2" s="652"/>
       <c r="F2" s="652"/>
       <c r="G2" s="652"/>
       <c r="H2" s="652"/>
       <c r="I2" s="38"/>
     </row>
     <row r="3" spans="1:12" s="39" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="631" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="B3" s="631"/>
       <c r="C3" s="631"/>
       <c r="D3" s="631"/>
       <c r="E3" s="631"/>
       <c r="F3" s="631"/>
       <c r="G3" s="631"/>
       <c r="H3" s="631"/>
     </row>
     <row r="4" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A4" s="650" t="s">
         <v>232</v>
       </c>
       <c r="B4" s="650"/>
       <c r="C4" s="650"/>
       <c r="D4" s="650"/>
       <c r="E4" s="650"/>
       <c r="F4" s="650"/>
       <c r="G4" s="650"/>
       <c r="H4" s="650"/>
       <c r="I4" s="10"/>
     </row>
     <row r="5" spans="1:12" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="G5" s="81"/>
       <c r="H5" s="81"/>
@@ -41383,51 +41383,51 @@
       <c r="D12" s="11" t="s">
         <v>106</v>
       </c>
       <c r="E12" s="11" t="s">
         <v>106</v>
       </c>
       <c r="F12" s="11" t="s">
         <v>106</v>
       </c>
       <c r="G12" s="84" t="s">
         <v>106</v>
       </c>
       <c r="H12" s="62" t="s">
         <v>106</v>
       </c>
       <c r="I12" s="62" t="s">
         <v>106</v>
       </c>
       <c r="J12" s="68" t="s">
         <v>106</v>
       </c>
       <c r="K12" s="99"/>
     </row>
     <row r="13" spans="1:12" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="17" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="B13" s="29">
         <v>65.099999999999994</v>
       </c>
       <c r="C13" s="30">
         <v>45.8</v>
       </c>
       <c r="D13" s="30">
         <v>7.2</v>
       </c>
       <c r="E13" s="30">
         <v>3.2</v>
       </c>
       <c r="F13" s="30">
         <v>0.8</v>
       </c>
       <c r="G13" s="62" t="s">
         <v>106</v>
       </c>
       <c r="H13" s="62" t="s">
         <v>106</v>
       </c>
       <c r="I13" s="62" t="s">
         <v>106</v>
       </c>
@@ -41683,165 +41683,165 @@
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="A18:J18"/>
   </mergeCells>
   <pageMargins left="0.16" right="0.16" top="0.55118110236220474" bottom="0.16" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{57A44F3E-A692-4075-97D5-CED0FF40C78B}">
   <dimension ref="A1:A26"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A18" sqref="A18:XFD18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="117.85546875" style="583" customWidth="1"/>
     <col min="3" max="3" width="10.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1" s="577" customFormat="1" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="578" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
     </row>
     <row r="2" spans="1:1" s="577" customFormat="1" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="579" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="3" spans="1:1" s="577" customFormat="1" ht="406.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="579" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
     </row>
     <row r="4" spans="1:1" s="577" customFormat="1" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="579" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
     </row>
     <row r="5" spans="1:1" s="577" customFormat="1" ht="81" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="579" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="6" spans="1:1" s="577" customFormat="1" ht="80.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="579" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
     </row>
     <row r="7" spans="1:1" s="577" customFormat="1" ht="54" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="579" t="s">
-        <v>477</v>
+        <v>475</v>
       </c>
     </row>
     <row r="8" spans="1:1" s="577" customFormat="1" ht="63" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="579" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="9" spans="1:1" s="577" customFormat="1" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="579" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="10" spans="1:1" s="577" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="579" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="11" spans="1:1" s="577" customFormat="1" ht="186" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="580" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
     </row>
     <row r="12" spans="1:1" s="577" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="580"/>
     </row>
     <row r="13" spans="1:1" s="577" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A13" s="580"/>
     </row>
     <row r="14" spans="1:1" s="577" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
       <c r="A14" s="581" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="15" spans="1:1" s="577" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A15" s="579"/>
     </row>
     <row r="16" spans="1:1" s="577" customFormat="1" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="579" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
     </row>
     <row r="17" spans="1:1" s="577" customFormat="1" ht="405.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="579" t="s">
-        <v>530</v>
+        <v>528</v>
       </c>
     </row>
     <row r="18" spans="1:1" s="577" customFormat="1" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="579" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
     </row>
     <row r="19" spans="1:1" s="577" customFormat="1" ht="93.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="579" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
     </row>
     <row r="20" spans="1:1" s="577" customFormat="1" ht="69.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="579" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
     </row>
     <row r="21" spans="1:1" s="577" customFormat="1" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="580" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
     </row>
     <row r="22" spans="1:1" s="577" customFormat="1" ht="55.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="579" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
     </row>
     <row r="23" spans="1:1" s="577" customFormat="1" ht="59.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="579" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
     </row>
     <row r="24" spans="1:1" s="577" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="579" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
     </row>
     <row r="25" spans="1:1" s="577" customFormat="1" ht="153.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="579" t="s">
-        <v>525</v>
+        <v>523</v>
       </c>
     </row>
     <row r="26" spans="1:1" s="577" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A26" s="582"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
   <rowBreaks count="3" manualBreakCount="3">
     <brk id="5" man="1"/>
     <brk id="13" max="16383" man="1"/>
     <brk id="20" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet40.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7650DAEB-9899-4006-9909-7FF1668FD1D4}">
   <dimension ref="A1:M31"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="H16" sqref="H16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
@@ -42375,51 +42375,51 @@
       </c>
       <c r="B2" s="652"/>
       <c r="C2" s="652"/>
       <c r="D2" s="652"/>
       <c r="E2" s="652"/>
       <c r="F2" s="652"/>
       <c r="G2" s="652"/>
       <c r="H2" s="652"/>
       <c r="I2" s="77"/>
       <c r="J2" s="38"/>
     </row>
     <row r="3" spans="1:13" s="39" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="631" t="s">
         <v>88</v>
       </c>
       <c r="B3" s="631"/>
       <c r="C3" s="631"/>
       <c r="D3" s="631"/>
       <c r="E3" s="631"/>
       <c r="F3" s="631"/>
       <c r="G3" s="631"/>
       <c r="H3" s="631"/>
     </row>
     <row r="4" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A4" s="650" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="B4" s="650"/>
       <c r="C4" s="650"/>
       <c r="D4" s="650"/>
       <c r="E4" s="650"/>
       <c r="F4" s="650"/>
       <c r="G4" s="650"/>
       <c r="H4" s="650"/>
       <c r="I4" s="10"/>
       <c r="J4" s="10"/>
     </row>
     <row r="5" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="G5" s="100"/>
       <c r="H5" s="100"/>
       <c r="I5" s="100"/>
       <c r="J5" s="100"/>
     </row>
     <row r="6" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A6" s="114"/>
       <c r="B6" s="26">
         <v>2020</v>
       </c>
       <c r="C6" s="24">
         <v>2021</v>
       </c>
@@ -42479,74 +42479,74 @@
       <c r="A9" s="34" t="s">
         <v>134</v>
       </c>
       <c r="B9" s="400">
         <v>3.4</v>
       </c>
       <c r="C9" s="11">
         <v>8.3000000000000007</v>
       </c>
       <c r="D9" s="12">
         <v>20.399999999999999</v>
       </c>
       <c r="E9" s="14">
         <v>23.4</v>
       </c>
       <c r="F9" s="12">
         <v>14</v>
       </c>
       <c r="H9" s="11"/>
       <c r="I9" s="11"/>
       <c r="J9" s="11"/>
       <c r="M9" s="44"/>
     </row>
     <row r="10" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="17" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="B10" s="29">
         <v>404.8</v>
       </c>
       <c r="C10" s="30">
         <v>556.1</v>
       </c>
       <c r="D10" s="30" t="s">
         <v>106</v>
       </c>
       <c r="E10" s="31" t="s">
         <v>106</v>
       </c>
       <c r="F10" s="30" t="s">
         <v>106</v>
       </c>
       <c r="H10" s="11"/>
       <c r="I10" s="11"/>
       <c r="J10" s="11"/>
     </row>
     <row r="11" spans="1:13" ht="27.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="34" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="B11" s="400">
         <v>23.2</v>
       </c>
       <c r="C11" s="11">
         <v>606.79999999999995</v>
       </c>
       <c r="D11" s="11">
         <v>636.5</v>
       </c>
       <c r="E11" s="11">
         <v>344.8</v>
       </c>
       <c r="F11" s="11">
         <v>371.6</v>
       </c>
       <c r="H11" s="11"/>
       <c r="I11" s="11"/>
       <c r="J11" s="11"/>
     </row>
     <row r="12" spans="1:13" ht="27.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="17" t="s">
         <v>19</v>
       </c>
       <c r="B12" s="29">
@@ -43470,62 +43470,62 @@
       </c>
       <c r="B59" s="634"/>
       <c r="C59" s="634"/>
       <c r="D59" s="634"/>
       <c r="E59" s="634"/>
       <c r="F59" s="634"/>
     </row>
     <row r="60" spans="1:6" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A60" s="634" t="s">
         <v>391</v>
       </c>
       <c r="B60" s="634"/>
       <c r="C60" s="634"/>
       <c r="D60" s="634"/>
       <c r="E60" s="634"/>
       <c r="F60" s="634"/>
     </row>
     <row r="61" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A61" s="553"/>
     </row>
     <row r="62" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A62" s="226"/>
     </row>
   </sheetData>
   <mergeCells count="12">
+    <mergeCell ref="A58:F58"/>
+    <mergeCell ref="A59:F59"/>
+    <mergeCell ref="A60:F60"/>
+    <mergeCell ref="B27:F27"/>
+    <mergeCell ref="B37:F37"/>
+    <mergeCell ref="B47:F47"/>
     <mergeCell ref="B17:F17"/>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="B7:F7"/>
-    <mergeCell ref="A58:F58"/>
-[...4 lines deleted...]
-    <mergeCell ref="B47:F47"/>
   </mergeCells>
   <pageMargins left="0.82677165354330717" right="0.23622047244094491" top="0.55118110236220474" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="26" max="16383" man="1"/>
     <brk id="46" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet42.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{957D2F0A-48CE-4968-904D-2C18D288911B}">
   <dimension ref="A1:N60"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="M51" sqref="M51"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15" style="99" customWidth="1"/>
     <col min="2" max="6" width="9.7109375" style="99" customWidth="1"/>
     <col min="7" max="10" width="7.7109375" style="99" customWidth="1"/>
     <col min="11" max="16384" width="9.140625" style="99"/>
   </cols>
@@ -43548,51 +43548,51 @@
       <c r="A2" s="731" t="s">
         <v>187</v>
       </c>
       <c r="B2" s="731"/>
       <c r="C2" s="731"/>
       <c r="D2" s="731"/>
       <c r="E2" s="731"/>
       <c r="F2" s="731"/>
       <c r="G2" s="731"/>
       <c r="H2" s="731"/>
     </row>
     <row r="3" spans="1:13" s="189" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="631" t="s">
         <v>94</v>
       </c>
       <c r="B3" s="631"/>
       <c r="C3" s="631"/>
       <c r="D3" s="631"/>
       <c r="E3" s="631"/>
       <c r="F3" s="631"/>
       <c r="G3" s="631"/>
       <c r="H3" s="631"/>
     </row>
     <row r="4" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A4" s="650" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="B4" s="650"/>
       <c r="C4" s="650"/>
       <c r="D4" s="650"/>
       <c r="E4" s="650"/>
       <c r="F4" s="650"/>
       <c r="G4" s="650"/>
       <c r="H4" s="650"/>
       <c r="I4" s="190"/>
       <c r="J4" s="190"/>
     </row>
     <row r="5" spans="1:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="608"/>
       <c r="B5" s="608"/>
       <c r="C5" s="608"/>
       <c r="D5" s="608"/>
       <c r="E5" s="608"/>
       <c r="F5" s="608"/>
     </row>
     <row r="6" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A6" s="604"/>
       <c r="B6" s="605">
         <v>2020</v>
       </c>
       <c r="C6" s="606">
@@ -44616,78 +44616,78 @@
       <c r="E58" s="634"/>
       <c r="F58" s="634"/>
     </row>
     <row r="59" spans="1:6" ht="51" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="634" t="s">
         <v>390</v>
       </c>
       <c r="B59" s="634"/>
       <c r="C59" s="634"/>
       <c r="D59" s="634"/>
       <c r="E59" s="634"/>
       <c r="F59" s="634"/>
     </row>
     <row r="60" spans="1:6" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A60" s="634" t="s">
         <v>391</v>
       </c>
       <c r="B60" s="634"/>
       <c r="C60" s="634"/>
       <c r="D60" s="634"/>
       <c r="E60" s="634"/>
       <c r="F60" s="634"/>
     </row>
   </sheetData>
   <mergeCells count="12">
+    <mergeCell ref="A58:F58"/>
+    <mergeCell ref="A59:F59"/>
+    <mergeCell ref="A60:F60"/>
+    <mergeCell ref="B27:F27"/>
+    <mergeCell ref="B37:F37"/>
+    <mergeCell ref="B47:F47"/>
     <mergeCell ref="B17:F17"/>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="B7:F7"/>
-    <mergeCell ref="A58:F58"/>
-[...4 lines deleted...]
-    <mergeCell ref="B47:F47"/>
   </mergeCells>
   <pageMargins left="0.82677165354330717" right="0.23622047244094491" top="0.55118110236220474" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="92" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
   <rowBreaks count="2" manualBreakCount="2">
     <brk id="26" max="9" man="1"/>
     <brk id="46" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7E9B2AB8-0373-48C7-8795-D767BEC0E0F3}">
   <dimension ref="A1:N64"/>
   <sheetViews>
-    <sheetView topLeftCell="A4" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A14" sqref="A14:XFD14"/>
+    <sheetView topLeftCell="A7" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="J22" sqref="J22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="29.7109375" style="99" customWidth="1"/>
     <col min="2" max="6" width="9.7109375" style="99" customWidth="1"/>
     <col min="7" max="7" width="9.85546875" style="99" customWidth="1"/>
     <col min="8" max="8" width="10.42578125" style="99" customWidth="1"/>
     <col min="9" max="11" width="7.7109375" style="99" customWidth="1"/>
     <col min="12" max="16384" width="9.140625" style="99"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="630" t="s">
         <v>95</v>
       </c>
       <c r="B1" s="630"/>
       <c r="C1" s="630"/>
       <c r="D1" s="630"/>
       <c r="E1" s="630"/>
       <c r="F1" s="630"/>
       <c r="G1" s="630"/>
       <c r="H1" s="630"/>
       <c r="I1" s="630"/>
       <c r="J1" s="85"/>
@@ -44885,63 +44885,63 @@
         <v>106</v>
       </c>
       <c r="C11" s="12" t="s">
         <v>106</v>
       </c>
       <c r="D11" s="12" t="s">
         <v>106</v>
       </c>
       <c r="E11" s="12" t="s">
         <v>106</v>
       </c>
       <c r="F11" s="12" t="s">
         <v>106</v>
       </c>
       <c r="G11" s="12"/>
       <c r="H11" s="12"/>
       <c r="I11" s="11"/>
       <c r="J11" s="11"/>
       <c r="K11" s="11"/>
     </row>
     <row r="12" spans="1:14" ht="27.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="17" t="s">
         <v>395</v>
       </c>
       <c r="B12" s="143">
-        <v>3284</v>
-[...8 lines deleted...]
-        <v>398</v>
+        <v>3354</v>
+      </c>
+      <c r="C12" s="31">
+        <v>3851</v>
+      </c>
+      <c r="D12" s="31">
+        <v>4585</v>
+      </c>
+      <c r="E12" s="31">
+        <v>5656</v>
       </c>
       <c r="F12" s="30" t="s">
-        <v>106</v>
+        <v>529</v>
       </c>
       <c r="G12" s="11"/>
       <c r="H12" s="141"/>
       <c r="I12" s="11"/>
       <c r="J12" s="11"/>
       <c r="K12" s="11"/>
     </row>
     <row r="13" spans="1:14" ht="27.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="34" t="s">
         <v>216</v>
       </c>
       <c r="B13" s="402" t="s">
         <v>106</v>
       </c>
       <c r="C13" s="298" t="s">
         <v>106</v>
       </c>
       <c r="D13" s="298" t="s">
         <v>106</v>
       </c>
       <c r="E13" s="298" t="s">
         <v>106</v>
       </c>
       <c r="F13" s="298" t="s">
         <v>106</v>
@@ -45134,63 +45134,63 @@
       </c>
       <c r="B22" s="401" t="s">
         <v>106</v>
       </c>
       <c r="C22" s="11" t="s">
         <v>106</v>
       </c>
       <c r="D22" s="11" t="s">
         <v>106</v>
       </c>
       <c r="E22" s="11" t="s">
         <v>106</v>
       </c>
       <c r="F22" s="11" t="s">
         <v>106</v>
       </c>
       <c r="G22" s="100"/>
       <c r="H22" s="100"/>
       <c r="I22" s="100"/>
     </row>
     <row r="23" spans="1:12" ht="27.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="17" t="s">
         <v>189</v>
       </c>
       <c r="B23" s="29">
-        <v>3.4</v>
+        <v>3.5</v>
       </c>
       <c r="C23" s="30">
         <v>3.2</v>
       </c>
       <c r="D23" s="31">
-        <v>3.1</v>
-[...2 lines deleted...]
-        <v>397</v>
+        <v>3.2</v>
+      </c>
+      <c r="E23" s="30">
+        <v>3.6</v>
       </c>
       <c r="F23" s="30" t="s">
-        <v>106</v>
+        <v>530</v>
       </c>
       <c r="G23" s="100"/>
       <c r="H23" s="100"/>
       <c r="I23" s="100"/>
     </row>
     <row r="24" spans="1:12" ht="27.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="34" t="s">
         <v>23</v>
       </c>
       <c r="B24" s="371" t="s">
         <v>106</v>
       </c>
       <c r="C24" s="216" t="s">
         <v>106</v>
       </c>
       <c r="D24" s="216" t="s">
         <v>106</v>
       </c>
       <c r="E24" s="216" t="s">
         <v>106</v>
       </c>
       <c r="F24" s="216" t="s">
         <v>106</v>
       </c>
       <c r="G24" s="100"/>
@@ -45241,66 +45241,66 @@
       <c r="I26" s="100"/>
     </row>
     <row r="27" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A27" s="130"/>
       <c r="B27" s="129"/>
       <c r="C27" s="129"/>
       <c r="D27" s="129"/>
       <c r="E27" s="129"/>
       <c r="F27" s="129"/>
       <c r="G27" s="100"/>
       <c r="H27" s="100"/>
       <c r="I27" s="100"/>
     </row>
     <row r="28" spans="1:12" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="634" t="s">
         <v>389</v>
       </c>
       <c r="B28" s="634"/>
       <c r="C28" s="634"/>
       <c r="D28" s="634"/>
       <c r="E28" s="634"/>
       <c r="F28" s="634"/>
     </row>
     <row r="29" spans="1:12" ht="42" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="629" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="B29" s="629"/>
       <c r="C29" s="629"/>
       <c r="D29" s="629"/>
       <c r="E29" s="629"/>
       <c r="F29" s="629"/>
       <c r="G29" s="100"/>
       <c r="H29" s="100"/>
       <c r="I29" s="100"/>
       <c r="J29" s="100"/>
       <c r="K29" s="100"/>
     </row>
     <row r="30" spans="1:12" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="629" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="B30" s="629"/>
       <c r="C30" s="629"/>
       <c r="D30" s="629"/>
       <c r="E30" s="629"/>
       <c r="F30" s="629"/>
       <c r="G30" s="100"/>
       <c r="H30" s="100"/>
       <c r="I30" s="100"/>
       <c r="J30" s="100"/>
       <c r="K30" s="100"/>
     </row>
     <row r="31" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A31" s="22"/>
       <c r="B31" s="11"/>
       <c r="C31" s="11"/>
       <c r="D31" s="11"/>
       <c r="E31" s="12"/>
       <c r="F31" s="11"/>
       <c r="G31" s="100"/>
       <c r="H31" s="100"/>
       <c r="I31" s="100"/>
       <c r="J31" s="100"/>
       <c r="K31" s="100"/>
     </row>
@@ -45810,65 +45810,65 @@
     <row r="4" spans="1:18" x14ac:dyDescent="0.25">
       <c r="A4" s="114"/>
       <c r="B4" s="26">
         <v>2020</v>
       </c>
       <c r="C4" s="24">
         <v>2021</v>
       </c>
       <c r="D4" s="24">
         <v>2022</v>
       </c>
       <c r="E4" s="24">
         <v>2023</v>
       </c>
       <c r="F4" s="23">
         <v>2024</v>
       </c>
       <c r="G4" s="13"/>
       <c r="H4" s="13"/>
       <c r="I4" s="13"/>
       <c r="J4" s="13"/>
     </row>
     <row r="5" spans="1:18" s="99" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="217"/>
       <c r="B5" s="632" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="C5" s="633"/>
       <c r="D5" s="633"/>
       <c r="E5" s="633"/>
       <c r="F5" s="633"/>
       <c r="G5" s="13"/>
       <c r="H5" s="13"/>
       <c r="I5" s="13"/>
       <c r="J5" s="13"/>
       <c r="K5" s="13"/>
     </row>
     <row r="6" spans="1:18" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="15" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="B6" s="144">
         <v>1632.25</v>
       </c>
       <c r="C6" s="139">
         <v>1736.8820000000001</v>
       </c>
       <c r="D6" s="139">
         <v>1924.9380000000001</v>
       </c>
       <c r="E6" s="139">
         <v>2255.444</v>
       </c>
       <c r="F6" s="139">
         <v>2520.1930000000002</v>
       </c>
       <c r="G6" s="141"/>
       <c r="H6" s="344"/>
       <c r="I6" s="141"/>
     </row>
     <row r="7" spans="1:18" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="34" t="s">
         <v>172</v>
       </c>
       <c r="B7" s="400">
@@ -46122,51 +46122,51 @@
       </c>
       <c r="E15" s="364">
         <v>17642.2</v>
       </c>
       <c r="F15" s="33">
         <v>21020.5</v>
       </c>
       <c r="G15" s="11"/>
       <c r="H15" s="11"/>
       <c r="I15" s="11"/>
       <c r="J15" s="11"/>
     </row>
     <row r="16" spans="1:18" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="25"/>
       <c r="B16" s="635" t="s">
         <v>242</v>
       </c>
       <c r="C16" s="636"/>
       <c r="D16" s="636"/>
       <c r="E16" s="636"/>
       <c r="F16" s="636"/>
     </row>
     <row r="17" spans="1:7" s="18" customFormat="1" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="20"/>
       <c r="B17" s="637" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="C17" s="638"/>
       <c r="D17" s="638"/>
       <c r="E17" s="638"/>
       <c r="F17" s="638"/>
       <c r="G17" s="21"/>
     </row>
     <row r="18" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A18" s="17" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="405">
         <v>960.14705882352939</v>
       </c>
       <c r="C18" s="407">
         <v>1021.6952941176471</v>
       </c>
       <c r="D18" s="407">
         <v>1132.3164705882355</v>
       </c>
       <c r="E18" s="407">
         <v>1326.7317647058824</v>
       </c>
       <c r="F18" s="354">
         <v>1482.4664705882356</v>
@@ -46418,51 +46418,51 @@
     <row r="4" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A4" s="114"/>
       <c r="B4" s="26">
         <v>2020</v>
       </c>
       <c r="C4" s="24">
         <v>2021</v>
       </c>
       <c r="D4" s="24">
         <v>2022</v>
       </c>
       <c r="E4" s="24">
         <v>2023</v>
       </c>
       <c r="F4" s="346">
         <v>2024</v>
       </c>
       <c r="G4" s="13"/>
       <c r="H4" s="13"/>
       <c r="I4" s="13"/>
       <c r="J4" s="13"/>
     </row>
     <row r="5" spans="1:11" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="217"/>
       <c r="B5" s="632" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="C5" s="633"/>
       <c r="D5" s="633"/>
       <c r="E5" s="633"/>
       <c r="F5" s="633"/>
       <c r="G5" s="13"/>
       <c r="H5" s="13"/>
       <c r="I5" s="13"/>
       <c r="J5" s="13"/>
       <c r="K5" s="13"/>
     </row>
     <row r="6" spans="1:11" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="15" t="s">
         <v>215</v>
       </c>
       <c r="B6" s="144">
         <v>940.54399999999998</v>
       </c>
       <c r="C6" s="139">
         <v>980.96</v>
       </c>
       <c r="D6" s="139">
         <v>1044.2439999999999</v>
       </c>
       <c r="E6" s="139">
@@ -46683,51 +46683,51 @@
       </c>
       <c r="E15" s="208">
         <v>4487.1364999999996</v>
       </c>
       <c r="F15" s="208">
         <v>5374.3972000000003</v>
       </c>
       <c r="G15" s="11"/>
       <c r="H15" s="11"/>
       <c r="I15" s="11"/>
       <c r="J15" s="11"/>
     </row>
     <row r="16" spans="1:11" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="25"/>
       <c r="B16" s="635" t="s">
         <v>242</v>
       </c>
       <c r="C16" s="636"/>
       <c r="D16" s="636"/>
       <c r="E16" s="636"/>
       <c r="F16" s="636"/>
     </row>
     <row r="17" spans="1:7" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="20"/>
       <c r="B17" s="637" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="C17" s="638"/>
       <c r="D17" s="638"/>
       <c r="E17" s="638"/>
       <c r="F17" s="638"/>
       <c r="G17" s="21"/>
     </row>
     <row r="18" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A18" s="17" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="405">
         <v>553.26117647058823</v>
       </c>
       <c r="C18" s="407">
         <v>577.03529411764714</v>
       </c>
       <c r="D18" s="407">
         <v>614.26117647058823</v>
       </c>
       <c r="E18" s="407">
         <v>684.30823529411771</v>
       </c>
       <c r="F18" s="354">
         <v>727.81352941176465</v>
@@ -47496,51 +47496,51 @@
       </c>
       <c r="C28" s="384">
         <v>100</v>
       </c>
       <c r="D28" s="384">
         <v>99.25</v>
       </c>
       <c r="E28" s="384">
         <v>95.86</v>
       </c>
       <c r="F28" s="384">
         <v>95.54</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="95"/>
       <c r="B29" s="96"/>
       <c r="C29" s="96"/>
       <c r="D29" s="96"/>
       <c r="E29" s="55"/>
       <c r="F29" s="55"/>
       <c r="G29" s="86"/>
     </row>
     <row r="30" spans="1:11" ht="52.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="646" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="B30" s="646"/>
       <c r="C30" s="646"/>
       <c r="D30" s="646"/>
       <c r="E30" s="646"/>
       <c r="F30" s="646"/>
       <c r="G30" s="646"/>
       <c r="H30" s="162"/>
       <c r="I30" s="162"/>
       <c r="J30" s="162"/>
       <c r="K30" s="162"/>
     </row>
     <row r="31" spans="1:11" s="99" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="375"/>
       <c r="B31" s="164"/>
       <c r="C31" s="164"/>
       <c r="D31" s="163"/>
       <c r="E31" s="163"/>
       <c r="F31" s="163"/>
       <c r="G31" s="163"/>
       <c r="H31" s="163"/>
     </row>
     <row r="32" spans="1:11" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="165"/>
       <c r="B32" s="165"/>
@@ -47797,51 +47797,51 @@
     <row r="6" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A6" s="114"/>
       <c r="B6" s="26">
         <v>2020</v>
       </c>
       <c r="C6" s="24">
         <v>2021</v>
       </c>
       <c r="D6" s="24">
         <v>2022</v>
       </c>
       <c r="E6" s="24">
         <v>2023</v>
       </c>
       <c r="F6" s="23">
         <v>2024</v>
       </c>
       <c r="G6" s="13"/>
       <c r="H6" s="13"/>
       <c r="I6" s="13"/>
       <c r="J6" s="13"/>
     </row>
     <row r="7" spans="1:13" s="99" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="137"/>
       <c r="B7" s="632" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="C7" s="633"/>
       <c r="D7" s="633"/>
       <c r="E7" s="633"/>
       <c r="F7" s="633"/>
       <c r="G7" s="13"/>
       <c r="H7" s="13"/>
       <c r="I7" s="13"/>
       <c r="J7" s="13"/>
       <c r="K7" s="13"/>
     </row>
     <row r="8" spans="1:13" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="15" t="s">
         <v>215</v>
       </c>
       <c r="B8" s="27">
         <v>75.5</v>
       </c>
       <c r="C8" s="28">
         <v>48.5</v>
       </c>
       <c r="D8" s="28">
         <v>50.8</v>
       </c>
       <c r="E8" s="28">
@@ -48063,51 +48063,51 @@
       </c>
       <c r="E17" s="205">
         <v>4202.3073340000001</v>
       </c>
       <c r="F17" s="12">
         <v>4543.3999999999996</v>
       </c>
       <c r="G17" s="11"/>
       <c r="H17" s="11"/>
       <c r="I17" s="11"/>
       <c r="J17" s="11"/>
     </row>
     <row r="18" spans="1:10" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="25"/>
       <c r="B18" s="635" t="s">
         <v>242</v>
       </c>
       <c r="C18" s="636"/>
       <c r="D18" s="636"/>
       <c r="E18" s="636"/>
       <c r="F18" s="636"/>
     </row>
     <row r="19" spans="1:10" ht="12.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="20"/>
       <c r="B19" s="637" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="C19" s="638"/>
       <c r="D19" s="638"/>
       <c r="E19" s="638"/>
       <c r="F19" s="638"/>
       <c r="G19" s="21"/>
       <c r="H19" s="37"/>
     </row>
     <row r="20" spans="1:10" ht="30" x14ac:dyDescent="0.25">
       <c r="A20" s="17" t="s">
         <v>15</v>
       </c>
       <c r="B20" s="421">
         <v>44.411764705882355</v>
       </c>
       <c r="C20" s="425">
         <v>28.529411764705884</v>
       </c>
       <c r="D20" s="425">
         <v>29.882352941176471</v>
       </c>
       <c r="E20" s="425">
         <v>38.882352941176471</v>
       </c>
       <c r="F20" s="385">